--- v0 (2025-10-05)
+++ v1 (2026-03-27)
@@ -51,153 +51,153 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2023/1220/001_projeto_de_lei_alteracao_art._55_lei_1.463.2019_-_inclusao_de_inciso_para_inovacao_sict.doc</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2023/1220/001_projeto_de_lei_alteracao_art._55_lei_1.463.2019_-_inclusao_de_inciso_para_inovacao_sict.doc</t>
   </si>
   <si>
     <t>ALTERA OS TERMOS DO ART. 55, DA LEI MUNICIPAL Nº 1.463, DE 1º DE ABRIL DE 2019, A QUAL DISPÕE SOBRE O REGIME JURÍDICO DA ESTRUTURA ADMINISTRATIVA E AS ATRIBUIÇÕES DOS ÓRGÃOS DA ADMINISTRAÇÃO DIRETA DO PODER EXECUTIVO DO MUNICÍPIO DE MISSAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2023/1221/pl058e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2023/1221/pl058e.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar a abertura de crédito adicional especial para o exercício de 2023 e dá outras providências</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2023/1222/pl059e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2023/1222/pl059e.pdf</t>
   </si>
   <si>
     <t>Autoriza permutar áreas e dá outras providências.</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>JAIR BOGLER, ELMO PAULI</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2023/1223/pl060l.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2023/1223/pl060l.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o ordenamento territorial e horário de funcionamento de entidades de tiro desportivo no Município de Missal</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>ELMO PAULI, ALGACIR KROTH, ELIAS ANDRADE, GRINGA, JAIR BOGLER, JAIR RAUBER, MAICO BOI, TATI, VALENTIN KNIPHOFF</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2023/1225/pl-061-2023-l.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2023/1225/pl-061-2023-l.pdf</t>
   </si>
   <si>
     <t>Disciplina a Denominação e Redenominação de próprios e Logradouros Públicos.</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2023/1226/pl-062-2023-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2023/1226/pl-062-2023-e.pdf</t>
   </si>
   <si>
     <t>Autoriza, em caráter excepcional, fracionamento de lotes urbanos e dá outras providências.</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2023/1227/pl-063-2023-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2023/1227/pl-063-2023-e.pdf</t>
   </si>
   <si>
     <t>Ratifica a 2ª Alteração do Protocolo de Intenções e o Plano de Cargos, Carreira e Salários do Consórcio Público Intermunicipal de Saúde do Iguaçu - CISI.</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CFOF - Comissão de Finanças, Orçamentos e Fiscalização</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/</t>
+    <t>http://sapl.missal.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Aprova o Orçamento da Comissão Permanente de Eventos do Município para a realização do Reveillon</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -504,67 +504,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2023/1220/001_projeto_de_lei_alteracao_art._55_lei_1.463.2019_-_inclusao_de_inciso_para_inovacao_sict.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2023/1221/pl058e.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2023/1222/pl059e.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2023/1223/pl060l.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2023/1225/pl-061-2023-l.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2023/1226/pl-062-2023-e.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2023/1227/pl-063-2023-e.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2023/1220/001_projeto_de_lei_alteracao_art._55_lei_1.463.2019_-_inclusao_de_inciso_para_inovacao_sict.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2023/1221/pl058e.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2023/1222/pl059e.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2023/1223/pl060l.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2023/1225/pl-061-2023-l.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2023/1226/pl-062-2023-e.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2023/1227/pl-063-2023-e.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="108.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="157.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="156.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>