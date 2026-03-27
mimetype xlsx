--- v0 (2025-10-05)
+++ v1 (2026-03-27)
@@ -54,1378 +54,1378 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1228/recebido_em_2024.01.22._mensagem_no._002.2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1228/recebido_em_2024.01.22._mensagem_no._002.2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar a abertura de crédito adicional suplementar para o Exercício de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1229/recebido_em_2024.01.22._mensagem_no._003.2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1229/recebido_em_2024.01.22._mensagem_no._003.2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar a abertura de crédito adicional especial para o Exercício de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1232/2024.02.02._projeto_03-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1232/2024.02.02._projeto_03-2024.pdf</t>
   </si>
   <si>
     <t>Amplia Vagas no quadro de servidores do Município de Missal e dá outras providências</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1241/2024.02.02._projeto_de_lei_no._04_de_2024_do_executivo.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1241/2024.02.02._projeto_de_lei_no._04_de_2024_do_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar a abertura de crédito adicional suplementar para o Exercício de 2024 e dá outras providências</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1243/2024.02.14._projeto_de_lei_no._05_de_2024_do_executivo.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1243/2024.02.14._projeto_de_lei_no._05_de_2024_do_executivo.pdf</t>
   </si>
   <si>
     <t>Institui os valores do Auxílio Moradia e Auxílio Alimentação para os Médicos Integrantes do Programa Mais Médicos do Governo Federal, no âmbito do Município de Missal - PR e dá outras providências</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1244/2024.02.14._projeto_de_lei_no._06_de_2024_do_executivo.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1244/2024.02.14._projeto_de_lei_no._06_de_2024_do_executivo.pdf</t>
   </si>
   <si>
     <t>Concede Reposição aos Vencimentos, Atualiza Auxílio Alimentação e Valor das Diárias e dá outras providências</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1245/projeto_de_lei_01-2024_legislativo.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1245/projeto_de_lei_01-2024_legislativo.pdf</t>
   </si>
   <si>
     <t>Concede reposição inflacionária e ganho real aos servidores da Câmara Municipal de Missal e aplica reposição inflacionária proporcional no valor do auxílio alimentação</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1246/projeto_de_lei_02-2024_legislativo.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1246/projeto_de_lei_02-2024_legislativo.pdf</t>
   </si>
   <si>
     <t>Concede Reposição no Subsídio dos Vereadores do Município de Missal</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1247/projeto_de_lei_03-2024_legislativo.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1247/projeto_de_lei_03-2024_legislativo.pdf</t>
   </si>
   <si>
     <t>Autoriza a Concessão de Reposição Inflacionária nos Subsídios do Prefeito, Vice-Prefeito e Secretários Municipais</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1252/projeto_de_lei_10-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1252/projeto_de_lei_10-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar a abertura de crédito adicional suplementar para o exercício de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1256/projeto_de_lei_no_11-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1256/projeto_de_lei_no_11-2024.pdf</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1261/projeto_de_lei_no_12-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1261/projeto_de_lei_no_12-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a promover Processo Seletivo Simplificado (PSS) para contratação de servidores públicos e dá outras providências.</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1262/projeto_de_lei_no_13-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1262/projeto_de_lei_no_13-2024.pdf</t>
   </si>
   <si>
     <t>Amplia vagas para contratação temporária e dá outras providências.</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1265/projeto_de_lei_no_11-2024_-_executivo.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1265/projeto_de_lei_no_11-2024_-_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza, Em Caráter Excepcional, fracionamento de Lotes Urbanos e dá Outras Providências</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1267/projeto_de_lei_no_13-2024_-_executivo.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1267/projeto_de_lei_no_13-2024_-_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar a Abertura de crédito adicional Suplementar para o exercício de 2024 e dá outras providências</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1266/projeto_de_lei_no_12-2024_-_executivo.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1266/projeto_de_lei_no_12-2024_-_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar a Abertura de crédito adicional Especial para o exercício de 2024 e dá outras providências</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1269/projeto_ldo_2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1269/projeto_ldo_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração e execução da Lei Orçamentária do Município de Missal para o exercício financeiro de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1270/pl_18-2024-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1270/pl_18-2024-e.pdf</t>
   </si>
   <si>
     <t>Altera Lei nº 1.566 de 21 de dezembro de 2020.</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1271/projeto_de_lei_executivo_17-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1271/projeto_de_lei_executivo_17-2024.pdf</t>
   </si>
   <si>
     <t>Altera Lei nº 1.563 de 21 de dezembro de 2020.</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1272/projeto_de_lei_executivo_15-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1272/projeto_de_lei_executivo_15-2024.pdf</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1273/projeto_de_lei_executivo_18-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1273/projeto_de_lei_executivo_18-2024.pdf</t>
   </si>
   <si>
     <t>Amplia vagas no quadro geral de servidores e dá outras providências.</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>JAIR BOGLER</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1281/pl_022-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1281/pl_022-2024.pdf</t>
   </si>
   <si>
     <t>Dá denominação a logradouro público e outras providências.</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Mesa Diretiva</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1283/pl_23-2024-l.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1283/pl_23-2024-l.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Legislativo Municipal de Missal a doar o veículo Toyota Corolla XEI, placas AZQ-2D74, ao Poder Executivo Municipal de Missal.</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1285/pl-24-2024_-_e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1285/pl-24-2024_-_e.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Missal a participar do Consórcio Intermunicipal para o Desenvolvimento Econômico, Social, Educacional e Cultural Sustentável da Região Oeste do Estado do Paraná - CIDERSOP e ratificar a aceitação dos termos das cláusulas do seu Estatuto, na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1286/pl_025-2024-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1286/pl_025-2024-e.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1.334 de 26 de abril de 2016, que instituiu o Plano Municipal de Arborização Urbana de Missal.</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1288/pl_26-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1288/pl_26-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a efetuar a abertura de crédito adicional especial para o Exercício de 2024, inclusão de projeto/atividade no PPA e LDO e dá outras providências</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1289/pl_27-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1289/pl_27-2024.pdf</t>
   </si>
   <si>
     <t>Amplia vagas no quadro geral de servidores e dá outras providências</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1290/pl_28-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1290/pl_28-2024.pdf</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1291/pl_29-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1291/pl_29-2024.pdf</t>
   </si>
   <si>
     <t>Altera Lei nº 1.746 de 12 de abril de 2023</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1293/pl-30-2024-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1293/pl-30-2024-e.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar a abertura de crédito adicional Suplementar para o exercício de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1294/pl-31-2024-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1294/pl-31-2024-e.pdf</t>
   </si>
   <si>
     <t>Amplia Vagas no quadro geral de servidores e dá outras providências</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1295/pl_032-2024-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1295/pl_032-2024-e.pdf</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1296/pl_033-2024-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1296/pl_033-2024-e.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº. 1638/2021 que trata do Plano Plurianual - PPA 2022/2025, inclui nova ação e dá outras providências</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1297/pl_034.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1297/pl_034.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação e sobre o pagamento do subsídio remuneratório de prefeito, de vice prefeito e de secretários municipais para o quatriênio 2025 a 2028, no Município de Missal</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1298/pl_035.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1298/pl_035.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação e sobre o pagamento do subsídio remuneratório dos vereadores para a legislatura referente ao período de 2025 a 2028, no Município de Missal</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1299/pl_036-2024-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1299/pl_036-2024-e.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar a abertura de crédito adicional suplementar para o exercício de 2024 e dá outras providências</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1302/pl_037-2024-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1302/pl_037-2024-e.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar a abertura de crédito adicional Suplementar para o exercício de 2024 e dá outras providências</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1303/pl_038-2024-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1303/pl_038-2024-e.pdf</t>
   </si>
   <si>
     <t>Revoga Lei nº 1.588 de 1º de junho de 2021</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1305/pl_039-2024-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1305/pl_039-2024-e.pdf</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1307/pl-040-2024-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1307/pl-040-2024-e.pdf</t>
   </si>
   <si>
     <t>Regulamenta a atividade do transporte remunerado privado individual ou compartilhado de passageiros, intermediado exclusivamente por aplicativos ou outras plataformas de comunicação em rede no Município de Missal e dá outras providências</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1308/pl-041-2024-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1308/pl-041-2024-e.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de cargo no quadro de pessoal do Poder Executivo do Município de Missal e dá outras providências</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1309/pl-42-2024-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1309/pl-42-2024-e.pdf</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1310/pl-43-2024-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1310/pl-43-2024-e.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar a abertura de crédito adicional especial para o Exercício de 2024 e dá outras providências</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1311/pl-44-2024-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1311/pl-44-2024-e.pdf</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1315/pl-45-2024-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1315/pl-45-2024-e.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar a abertura de crédito_x000D_
 adicional especial para o Exercício de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1316/pl-46-2024-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1316/pl-46-2024-e.pdf</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1321/ploa_2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1321/ploa_2025.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a despesa do Município de Missal para o Exercício Financeiro de 2025.</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1323/pl-048-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1323/pl-048-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a efetuar a alienação de Imóvel.</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>ELMO PAULI, JAIR BOGLER</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1329/pl-049-2024-l.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1329/pl-049-2024-l.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre política pública municipal para garantia, proteção e ampliação dos direitos das pessoas com Transtorno do Espectro Autista (TEA) e seus familiares</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1330/pl-50-2024-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1330/pl-50-2024-e.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a proceder à doação de madeiras de árvores para o Provopar</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1337/pl_51-2024-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1337/pl_51-2024-e.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a efetuar a abertura de crédito adicional Suplementar para o exercício de 2024 e dá outras providências</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1339/pl-52-2024-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1339/pl-52-2024-e.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de dispositivos do Estatuto do Consórcio Intermunicipal para o Desenvolvimento Econômico, Social, Educacional e Cultural Sustentável da Região Oeste do Estado do Paraná – CIDERSOP e dá outras providências.</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1340/pl-053-2024-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1340/pl-053-2024-e.pdf</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1343/pl-54-2024-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1343/pl-54-2024-e.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de dispositivos do Estatuto do Consórcio Intermunicipal para o Desenvolvimento Econômico, Social, Educacional e Cultural Sustentável da Região Oeste do Estado do Paraná – CIDERSOP e dá outras providências</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1344/pl-55-2024-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1344/pl-55-2024-e.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regularização fundiária de imóveis urbanos, de domínio do Município de Missal, aos atuais ocupantes e dá outras providências</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1345/pl-56-2024-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1345/pl-56-2024-e.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da Lei Municipal nº. 1.796 de 11 de março de 2024</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1347/pl_057-2024-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1347/pl_057-2024-e.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a efetuar a aquisição de bem imóvel e dá outras providências</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1268/pres-01-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1268/pres-01-2024.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Resolução nº. 004/2023 que Cria e Regulamenta a Câmara Mirim no Município de Missal.</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1304/pres_02-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1304/pres_02-2024.pdf</t>
   </si>
   <si>
     <t>Regulamenta a utilização do veículo oficial da Câmara Municipal e dá outras providências</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1331/pres-03-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1331/pres-03-2024.pdf</t>
   </si>
   <si>
     <t>Estabelece o Regime de Adiantamento nos termos da Lei Federal nº. 14.133/2021 e dos artigos nº. 65, 68 e 69 da Lei Federal nº. 4.320/1964</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1335/pres-04-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1335/pres-04-2024.pdf</t>
   </si>
   <si>
     <t>Altera disposições da Resolução nº. 9/2007 - Regimento Interno da Câmara Municipal</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CFOF - Comissão de Finanças, Orçamentos e Fiscalização</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1230/pdl_001.2024-l_-_01._projeto.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1230/pdl_001.2024-l_-_01._projeto.pdf</t>
   </si>
   <si>
     <t>Aprova o Orçamento para realização das festividades alusivas ao aniversário de emancipação político-administrativa do Município.</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1231/projeto_decreto_legislativo_02-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1231/projeto_decreto_legislativo_02-2024.pdf</t>
   </si>
   <si>
     <t>Aprova o Orçamento Complementar para realização das festividades alusivas ao aniversário de emancipação político-administrativa do Município.</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
     <t>CESACH - Comissão de Educação, Saúde, Ação Social e Habitação</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1248/projeto_decrerto_legislativo_03-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1248/projeto_decrerto_legislativo_03-2024.pdf</t>
   </si>
   <si>
     <t>Referenda o Convênio nº. 001/2024 celebrado entre o Município de Missal e o Consórcio Intergestores do Paraná Saúde</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1249/projeto_decreto_legislativo_04-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1249/projeto_decreto_legislativo_04-2024.pdf</t>
   </si>
   <si>
     <t>Aprova o Orçamento para realização da 21ª Deutsches Fest.</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1274/pdl-05-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1274/pdl-05-2024.pdf</t>
   </si>
   <si>
     <t>Aprova o orçamento para realização da 3ª Edição do FEMUMIL - Festival de Música de Missal</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1280/pdl-06-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1280/pdl-06-2024.pdf</t>
   </si>
   <si>
     <t>Aprova o orçamento para realização do 30º Café Colonial</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1282/pdl_07-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1282/pdl_07-2024.pdf</t>
   </si>
   <si>
     <t>Aprova Orçamento para realização da EXPOMIL 2024.</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1292/pdl_08-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1292/pdl_08-2024.pdf</t>
   </si>
   <si>
     <t>Aprova o orçamento para realização do 61º Aniversário de Fundação de Missal</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1306/pdec-09-204.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1306/pdec-09-204.pdf</t>
   </si>
   <si>
     <t>Aprova o orçamento da Comissão Permanente de Eventos do Município para realização do Trilhão Amigos da Lama.</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1313/pdl-10-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1313/pdl-10-2024.pdf</t>
   </si>
   <si>
     <t>Aprova o orçamento para a realização do Desafio Internacional de Pesca ao Tucunaré</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1320/pdl-11-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1320/pdl-11-2024.pdf</t>
   </si>
   <si>
     <t>Aprova as Contas do Município de Missal, relativo ao Exercício Financeiro de 2022</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1322/pdl-12-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1322/pdl-12-2024.pdf</t>
   </si>
   <si>
     <t>Aprova o orçamento para realização da programação natalina Natal Luz.</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1334/pdl-13-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1334/pdl-13-2024.pdf</t>
   </si>
   <si>
     <t>Aprova o orçamento para a realização do Reveillon</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1348/pdl_14-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1348/pdl_14-2024.pdf</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1349/pdl_15-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1349/pdl_15-2024.pdf</t>
   </si>
   <si>
     <t>Aprova as contas do Município de Missal relativo ao exercício financeiro de 2023</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>ELIAS ANDRADE, ALGACIR KROTH, ELMO PAULI, GRINGA, JAIR BOGLER, JAIR RAUBER, MAICO BOI, TATI, VALENTIN KNIPHOFF</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1233/indicacao_01-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1233/indicacao_01-2024.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal faça a retirada das lombadas na estrada que liga Missal a Itaipulândia, em frente ao antigo CTG.</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
     <t>JAIR BOGLER, ELIAS ANDRADE, ELMO PAULI, JAIR RAUBER, MAICO BOI, TATI</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1234/indicacao_02-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1234/indicacao_02-2024.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal realize um reperfilamento asfáltico nos trechos de Linha Glória sentido Sanga Seca e a continuidade do reperfilamento na estrada do Portão Ocoí até São Sebastião</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
     <t>ELIAS ANDRADE</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1235/indicacao_03-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1235/indicacao_03-2024.pdf</t>
   </si>
   <si>
     <t>Indica que seja reformada a calçada na Rua Dom Pedro I, quadra do Colégio Estadual Padre Eduardo Michelis - CEPEM</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1236/indicacao_04-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1236/indicacao_04-2024.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal conclua a execução da lama asfáltica de Linha jacutinga até a vila do distrito do Portão Ocoí</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
     <t>MAICO BOI, ELIAS ANDRADE, ELMO PAULI, JAIR BOGLER, JAIR RAUBER, TATI</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1237/indicacao_05-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1237/indicacao_05-2024.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal estude a possibilidade de realizar um reperfilamento asfáltico ou um tapa-buracos emergencial da PR-495 até o monumento do Santo em São Pedro</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1238/indicacao_06-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1238/indicacao_06-2024.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal estude a possibilidade de realizar um reperfilamento asfáltico da PR-495 até linha São José</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
     <t>JAIR RAUBER, ELIAS ANDRADE, ELMO PAULI, JAIR BOGLER, MAICO BOI, TATI</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1239/indicacao_07-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1239/indicacao_07-2024.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal faça um recape com lama asfáltica na Avenida John Kenedy</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
     <t>ALGACIR KROTH, GRINGA, VALENTIN KNIPHOFF</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1240/indicacao_08-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1240/indicacao_08-2024.pdf</t>
   </si>
   <si>
     <t>Indicam que seja feita pavimentação poliédrica na estrada que liga Linha Santa Catarina à comunidade de Linha Bandeirantes.</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1250/indicacao_009-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1250/indicacao_009-2024.pdf</t>
   </si>
   <si>
     <t>Indicam ao Prefeito Municipal que viabilize recursos e execute projetos para a obra de fechamento lateral da quadra coberta da Escola de Dom Armando.</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1251/indicacao_010-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1251/indicacao_010-2024.pdf</t>
   </si>
   <si>
     <t>Indicam ao Prefeito Municipal que refaça o planejamento quanto ao serviço de limpeza das ruas da cidade, em especial no que se refere às máquinas utilizadas. Sugerimos que o caminhão varredor, adquirido no ano passado, seja readaptado para atender aos empresários que necessitam de esvaziamento de fossas.</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
     <t>JAIR BOGLER, ELMO PAULI</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1253/indicacao_011-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1253/indicacao_011-2024.pdf</t>
   </si>
   <si>
     <t>Indicam que seja construída uma praça junto ao campinho sintético do distrito do Portão Ocoí.</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1254/indicacao_012-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1254/indicacao_012-2024.pdf</t>
   </si>
   <si>
     <t>Indicam que sejam colocadas placas indicativas com os nomes das ruas nos distritos, no centro da cidade e nos bairros.</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1257/indicacao_013-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1257/indicacao_013-2024.pdf</t>
   </si>
   <si>
     <t>Indica que sejam feitos reparos na estrada entre as comunidades de Vista Alegre e União da Vitória, onde foi feito o reperfilamento asfáltico com TST.</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
     <t>TATI, JAIR RAUBER, MAICO BOI</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1258/indicacao_014-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1258/indicacao_014-2024.pdf</t>
   </si>
   <si>
     <t>Indicam que o Poder Executivo estude a possibilidade de abrir a Rua Santa Catarina até o final, proporcionando acesso à Rua Antônio Follmann, com a instalação de galerias pluviais.</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1259/indicacao_015-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1259/indicacao_015-2024.pdf</t>
   </si>
   <si>
     <t>Indicam que seja realizado o recape asfáltico da estrada que liga a Linha Bandeirantes à Linha Santa Catarina, nas proximidades do Sr. Adavilson Vittencurt.</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1260/indicacao_016-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1260/indicacao_016-2024.pdf</t>
   </si>
   <si>
     <t>Indicam que seja realizado um estudo para remodelação da área urbana, especialmente no que se refere a áreas de convivência, passeios públicos e principalmente da Avenida Dom Geraldo Sigaud em toda a sua extensão.</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1263/indicacao_017-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1263/indicacao_017-2024.pdf</t>
   </si>
   <si>
     <t>Indicam ao Prefeito Municipal que providencie o retorno urgente do programa de segurança nas escolas e CMEIs do Município de Missal.</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1275/indicacao_018-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1275/indicacao_018-2024.pdf</t>
   </si>
   <si>
     <t>Indicam ao Prefeito Municipal que seja feito recape asfáltico na estrada da PR-495, empresa Total Mix, sentido a propriedade do Sr. Roque Siveris, comunidade de Santa Cecília.</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1276/indicacao_19-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1276/indicacao_19-2024.pdf</t>
   </si>
   <si>
     <t>Indica que a administração municipal proceda à aquisição de uma área de terra no distrito do Portão Ocoí e outra na cidade, visando futuras obras e investimentos</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1277/indicacao_20-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1277/indicacao_20-2024.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal providencie a aquisição de um drone para o setor de endemias, visando auxiliar nos trabalhos de vistoria de residências e no combate ao mosquito</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1278/indicacao_21-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1278/indicacao_21-2024.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal faça a abertura da Rua Rio Branco nos trechos que ainda faltam, ligando a rodoviária ao centro de eventos</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
     <t>GRINGA, ALGACIR KROTH, VALENTIN KNIPHOFF</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1279/indicacao_22-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1279/indicacao_22-2024.pdf</t>
   </si>
   <si>
     <t>Indica que seja feito ponto de ônibus na esquina da Rua Ceará com a Rua São Paulo, em frente à RI Bordados, e também uma lombada na mesma rua.</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1287/indicacao_23-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1287/indicacao_23-2024.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal faça duas lombadas na Rua Henrique Glesse, no Bairro Jardim Gramado</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1312/indicacao_24-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1312/indicacao_24-2024.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal faça a aquisição de materiais esportivos para a Escola Municipal Olavo Bilac, no distrito do Portão Ocoí</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1318/indicacao_025-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1318/indicacao_025-2024.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal faça a construção de uma capela mortuária no cemitério do distrito do Portão Ocoí</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1324/indicacao_26-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1324/indicacao_26-2024.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração estude a possibilidade de construir uma ciclovia do lago municipal até a área industrial, ligando com a ciclovia existente na estrada para a praia</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
     <t>ELMO PAULI, ELIAS ANDRADE, JAIR BOGLER, JAIR RAUBER, MAICO BOI, TATI</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1326/indicacao_027-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1326/indicacao_027-2024.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração faça a aquisição de um caminhão coletor de lixo orgânico para o município</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1327/indicacao_028-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1327/indicacao_028-2024.pdf</t>
   </si>
   <si>
     <t>Indicam que seja feita pavimentação poliédrica na estrada que passa em frente a Jair Heck, popular “Pimenta”, na comunidade de Linha São Pedro.</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1328/indicacao_029-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1328/indicacao_029-2024.pdf</t>
   </si>
   <si>
     <t>Indicam que seja feita pavimentação poliédrica na travessia que liga os dois trechos de pedra irregular e passa em frente a propriedade do Sr. Ivo Buche.</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1333/indicacao_030-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1333/indicacao_030-2024.pdf</t>
   </si>
   <si>
     <t>Indicam que seja construída uma lombada na Rua da Produção, entre a Rua Castro Alves e a Rua Pe. Anchieta</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1336/indicacao_31-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1336/indicacao_31-2024.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração estude a viabilidade de estender o benefício do vale alimentação aos conselheiros tutelares do município.</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1341/indicacao_032-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1341/indicacao_032-2024.pdf</t>
   </si>
   <si>
     <t>Indicam ao Excelentíssimo Prefeito Municipal que a administração estude a viabilidade de realizar um recadastramento de todos os implementos agrícolas concedidos em uso pelo município. O objetivo é identificar equipamentos ociosos ou que necessitem de reparos, possibilitando, assim, a realização de novas concessões ou, se necessário, sua destinação para leilão, visando a aplicação dos recursos obtidos na aquisição de novos equipamentos</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1342/indicacao_33-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1342/indicacao_33-2024.pdf</t>
   </si>
   <si>
     <t>Indicam ao Excelentíssimo Prefeito Municipal que a administração municipal realize a reforma do Centro Multiuso da Linha São Pedro.</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1346/indicacao_34-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1346/indicacao_34-2024.pdf</t>
   </si>
   <si>
     <t>Indicam ao Excelentíssimo Prefeito Municipal que a administração municipal faça a aquisição de um Kit frontal de Silagem e dois carretões para a associação dos produtores de leite de comunidade de Linha São Pedro</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1242/requerimento_01-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1242/requerimento_01-2024.pdf</t>
   </si>
   <si>
     <t>Requerem informações ao poder executivo sobre protocolos e pedidos realizados junto ao DER/PR</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1255/requerimento_02-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1255/requerimento_02-2024.pdf</t>
   </si>
   <si>
     <t>Requerem o envio de ofício ao Poder Executivo solicitando informações a respeito de empresas que aguardam a liberação de recursos do Fundemis</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1264/req_03-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1264/req_03-2024.pdf</t>
   </si>
   <si>
     <t>REQUEREM o envio de ofício ao Poder Executivo com solicitações de informações a respeito do volume de material (restos de asfalto) depositado no pátio do Centro de Eventos.</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
     <t>ALGACIR KROTH, ELIAS ANDRADE, ELMO PAULI, GRINGA, JAIR BOGLER, JAIR RAUBER, MAICO BOI, TATI, VALENTIN KNIPHOFF</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1314/req-04-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1314/req-04-2024.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº. 04/2024_x000D_
 _x000D_
 O vereador Algacir Kroth e demais Vereadores da Câmara Municipal de Missal que subscrevem a presente proposição, no uso de suas atribuições regimentais, REQUEREM ao Plenário da Câmara Municipal, depois de lido, discutido e aprovado, a concessão de uma MOÇÃO DE APLAUSOS ao atleta profissional de voleibol, Maycon Junior Moreira._x000D_
 Maycon, natural de Missal, filho de Adair José Moreira e Adelci Felten Moreira, nascido em 09 de agosto de 1994, tem se destacado como atleta profissional de voleibol, representando o município com excelência em diversos países da Europa. Sua trajetória esportiva tem levado o nome de Missal a outros continentes, reforçando o orgulho da comunidade local.</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
     <t>JAIR RAUBER</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1319/req-05-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1319/req-05-2024.pdf</t>
   </si>
   <si>
     <t>Instauração de CPI.</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1325/req_06-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1325/req_06-2024.pdf</t>
   </si>
   <si>
     <t>Envio de Oficio à Copel solicitando melhorias na rede elétrica.</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
     <t>MAICO BOI, ALGACIR KROTH, ELIAS ANDRADE, ELMO PAULI, GRINGA, JAIR BOGLER, JAIR RAUBER, TATI, VALENTIN KNIPHOFF</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1332/req_07-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1332/req_07-2024.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviada uma MOÇÃO DE APLAUSOS ao Sargento Donizetti pelos relevantes serviços prestados à sociedade de Missal.</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>CLJR - Comissão de Legislação, Justiça e Redação.</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1284/emenda-pl18-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1284/emenda-pl18-2024.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa nº 01 ao PL 18/2024-E</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1300/emenda_aditiva_01_-_pl_035-2024-l.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1300/emenda_aditiva_01_-_pl_035-2024-l.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva 01 ao PL 035/2024/L</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1301/emenda_modificativa_01_-_pl_035-2024-l.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1301/emenda_modificativa_01_-_pl_035-2024-l.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa 01 ao PL 035/2024/L</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1317/emenda_substitutiva.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1317/emenda_substitutiva.pdf</t>
   </si>
   <si>
     <t>Emenda Substitutiva nº. 01 ao PL-40/2024/E</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
     <t>PEMLO</t>
   </si>
   <si>
     <t>Emenda a lei Orgânica</t>
   </si>
   <si>
     <t>ELIAS ANDRADE, ELMO PAULI, JAIR BOGLER</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1338/projeto_emenda_lei_organica_01-2024.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1338/projeto_emenda_lei_organica_01-2024.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Orgânica do Município de Missal</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1732,67 +1732,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1228/recebido_em_2024.01.22._mensagem_no._002.2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1229/recebido_em_2024.01.22._mensagem_no._003.2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1232/2024.02.02._projeto_03-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1241/2024.02.02._projeto_de_lei_no._04_de_2024_do_executivo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1243/2024.02.14._projeto_de_lei_no._05_de_2024_do_executivo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1244/2024.02.14._projeto_de_lei_no._06_de_2024_do_executivo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1245/projeto_de_lei_01-2024_legislativo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1246/projeto_de_lei_02-2024_legislativo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1247/projeto_de_lei_03-2024_legislativo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1252/projeto_de_lei_10-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1256/projeto_de_lei_no_11-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1261/projeto_de_lei_no_12-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1262/projeto_de_lei_no_13-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1265/projeto_de_lei_no_11-2024_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1267/projeto_de_lei_no_13-2024_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1266/projeto_de_lei_no_12-2024_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1269/projeto_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1270/pl_18-2024-e.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1271/projeto_de_lei_executivo_17-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1272/projeto_de_lei_executivo_15-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1273/projeto_de_lei_executivo_18-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1281/pl_022-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1283/pl_23-2024-l.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1285/pl-24-2024_-_e.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1286/pl_025-2024-e.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1288/pl_26-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1289/pl_27-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1290/pl_28-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1291/pl_29-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1293/pl-30-2024-e.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1294/pl-31-2024-e.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1295/pl_032-2024-e.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1296/pl_033-2024-e.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1297/pl_034.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1298/pl_035.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1299/pl_036-2024-e.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1302/pl_037-2024-e.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1303/pl_038-2024-e.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1305/pl_039-2024-e.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1307/pl-040-2024-e.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1308/pl-041-2024-e.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1309/pl-42-2024-e.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1310/pl-43-2024-e.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1311/pl-44-2024-e.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1315/pl-45-2024-e.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1316/pl-46-2024-e.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1321/ploa_2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1323/pl-048-2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1329/pl-049-2024-l.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1330/pl-50-2024-e.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1337/pl_51-2024-e.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1339/pl-52-2024-e.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1340/pl-053-2024-e.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1343/pl-54-2024-e.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1344/pl-55-2024-e.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1345/pl-56-2024-e.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1347/pl_057-2024-e.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1268/pres-01-2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1304/pres_02-2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1331/pres-03-2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1335/pres-04-2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1230/pdl_001.2024-l_-_01._projeto.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1231/projeto_decreto_legislativo_02-2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1248/projeto_decrerto_legislativo_03-2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1249/projeto_decreto_legislativo_04-2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1274/pdl-05-2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1280/pdl-06-2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1282/pdl_07-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1292/pdl_08-2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1306/pdec-09-204.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1313/pdl-10-2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1320/pdl-11-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1322/pdl-12-2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1334/pdl-13-2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1348/pdl_14-2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1349/pdl_15-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1233/indicacao_01-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1234/indicacao_02-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1235/indicacao_03-2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1236/indicacao_04-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1237/indicacao_05-2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1238/indicacao_06-2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1239/indicacao_07-2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1240/indicacao_08-2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1250/indicacao_009-2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1251/indicacao_010-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1253/indicacao_011-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1254/indicacao_012-2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1257/indicacao_013-2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1258/indicacao_014-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1259/indicacao_015-2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1260/indicacao_016-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1263/indicacao_017-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1275/indicacao_018-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1276/indicacao_19-2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1277/indicacao_20-2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1278/indicacao_21-2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1279/indicacao_22-2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1287/indicacao_23-2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1312/indicacao_24-2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1318/indicacao_025-2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1324/indicacao_26-2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1326/indicacao_027-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1327/indicacao_028-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1328/indicacao_029-2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1333/indicacao_030-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1336/indicacao_31-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1341/indicacao_032-2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1342/indicacao_33-2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1346/indicacao_34-2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1242/requerimento_01-2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1255/requerimento_02-2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1264/req_03-2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1314/req-04-2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1319/req-05-2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1325/req_06-2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1332/req_07-2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1284/emenda-pl18-2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1300/emenda_aditiva_01_-_pl_035-2024-l.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1301/emenda_modificativa_01_-_pl_035-2024-l.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1317/emenda_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1338/projeto_emenda_lei_organica_01-2024.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1228/recebido_em_2024.01.22._mensagem_no._002.2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1229/recebido_em_2024.01.22._mensagem_no._003.2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1232/2024.02.02._projeto_03-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1241/2024.02.02._projeto_de_lei_no._04_de_2024_do_executivo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1243/2024.02.14._projeto_de_lei_no._05_de_2024_do_executivo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1244/2024.02.14._projeto_de_lei_no._06_de_2024_do_executivo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1245/projeto_de_lei_01-2024_legislativo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1246/projeto_de_lei_02-2024_legislativo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1247/projeto_de_lei_03-2024_legislativo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1252/projeto_de_lei_10-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1256/projeto_de_lei_no_11-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1261/projeto_de_lei_no_12-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1262/projeto_de_lei_no_13-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1265/projeto_de_lei_no_11-2024_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1267/projeto_de_lei_no_13-2024_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1266/projeto_de_lei_no_12-2024_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1269/projeto_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1270/pl_18-2024-e.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1271/projeto_de_lei_executivo_17-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1272/projeto_de_lei_executivo_15-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1273/projeto_de_lei_executivo_18-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1281/pl_022-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1283/pl_23-2024-l.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1285/pl-24-2024_-_e.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1286/pl_025-2024-e.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1288/pl_26-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1289/pl_27-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1290/pl_28-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1291/pl_29-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1293/pl-30-2024-e.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1294/pl-31-2024-e.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1295/pl_032-2024-e.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1296/pl_033-2024-e.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1297/pl_034.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1298/pl_035.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1299/pl_036-2024-e.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1302/pl_037-2024-e.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1303/pl_038-2024-e.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1305/pl_039-2024-e.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1307/pl-040-2024-e.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1308/pl-041-2024-e.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1309/pl-42-2024-e.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1310/pl-43-2024-e.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1311/pl-44-2024-e.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1315/pl-45-2024-e.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1316/pl-46-2024-e.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1321/ploa_2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1323/pl-048-2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1329/pl-049-2024-l.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1330/pl-50-2024-e.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1337/pl_51-2024-e.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1339/pl-52-2024-e.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1340/pl-053-2024-e.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1343/pl-54-2024-e.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1344/pl-55-2024-e.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1345/pl-56-2024-e.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1347/pl_057-2024-e.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1268/pres-01-2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1304/pres_02-2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1331/pres-03-2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1335/pres-04-2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1230/pdl_001.2024-l_-_01._projeto.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1231/projeto_decreto_legislativo_02-2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1248/projeto_decrerto_legislativo_03-2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1249/projeto_decreto_legislativo_04-2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1274/pdl-05-2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1280/pdl-06-2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1282/pdl_07-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1292/pdl_08-2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1306/pdec-09-204.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1313/pdl-10-2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1320/pdl-11-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1322/pdl-12-2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1334/pdl-13-2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1348/pdl_14-2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1349/pdl_15-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1233/indicacao_01-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1234/indicacao_02-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1235/indicacao_03-2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1236/indicacao_04-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1237/indicacao_05-2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1238/indicacao_06-2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1239/indicacao_07-2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1240/indicacao_08-2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1250/indicacao_009-2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1251/indicacao_010-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1253/indicacao_011-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1254/indicacao_012-2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1257/indicacao_013-2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1258/indicacao_014-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1259/indicacao_015-2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1260/indicacao_016-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1263/indicacao_017-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1275/indicacao_018-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1276/indicacao_19-2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1277/indicacao_20-2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1278/indicacao_21-2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1279/indicacao_22-2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1287/indicacao_23-2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1312/indicacao_24-2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1318/indicacao_025-2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1324/indicacao_26-2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1326/indicacao_027-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1327/indicacao_028-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1328/indicacao_029-2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1333/indicacao_030-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1336/indicacao_31-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1341/indicacao_032-2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1342/indicacao_33-2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1346/indicacao_34-2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1242/requerimento_01-2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1255/requerimento_02-2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1264/req_03-2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1314/req-04-2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1319/req-05-2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1325/req_06-2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1332/req_07-2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1284/emenda-pl18-2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1300/emenda_aditiva_01_-_pl_035-2024-l.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1301/emenda_modificativa_01_-_pl_035-2024-l.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1317/emenda_substitutiva.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2024/1338/projeto_emenda_lei_organica_01-2024.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H123"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="108.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="125.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="124.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>