--- v0 (2025-10-05)
+++ v1 (2026-03-27)
@@ -10,632 +10,860 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1743" uniqueCount="806">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2135" uniqueCount="970">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1358/pl-02-2025-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1358/pl-02-2025-e.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa “NOTA MISSALENSE” e dá Outras Providências.</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1359/pl-03-2025-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1359/pl-03-2025-e.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de cargo no Quadro de Pessoal do Poder Executivo do Município de Missal e dá outras providências</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1368/pl-04-2025-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1368/pl-04-2025-e.pdf</t>
   </si>
   <si>
     <t>Concede Reposição aos Vencimentos, Atualiza Auxílio Alimentação e Valor das Diárias e dá outras providências</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Mesa Diretiva</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1383/pl-05-2025-l.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1383/pl-05-2025-l.pdf</t>
   </si>
   <si>
     <t>Concede reposição inflacionária e ganho real aos servidores da Câmara Municipal de Missal e aplica reposição inflacionária integral no valor do auxílio alimentação</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1384/pl-06-2025-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1384/pl-06-2025-e.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar a abertura de Crédito Adicional Suplementar para o exercício de 2025 e dá outras providências</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1394/pl-07-2025-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1394/pl-07-2025-e.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar a abertura de crédito adicional suplementar para o exercício de 2025 e dá outras providências</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1395/pl-08-2025-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1395/pl-08-2025-e.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de dispositivos do Estatuto do Consórcio Intermunicipal para o Desenvolvimento Econômico, Social, Educacional e Cultural Sustentável da Região Oeste do Estado do Paraná – CIDERSOP e dá outras providências</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1396/pl_09_-_2025_-_e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1396/pl_09_-_2025_-_e.pdf</t>
   </si>
   <si>
     <t>Altera Valor do Auxílio Alimentação e dá outras providências.</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1397/pl_10_-_2025_-_e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1397/pl_10_-_2025_-_e.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regularização fundiária de imóveis urbanos, de domínio do Município de Missal, aos atuais ocupantes e dá outras providências</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1398/pl_11_-_2025_-_e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1398/pl_11_-_2025_-_e.pdf</t>
   </si>
   <si>
     <t>Dispões sobre alteração da Lei Municipal nº 1.796 de 11 de março de 2024</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1399/pl_12_-_2025_-_e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1399/pl_12_-_2025_-_e.pdf</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>ELIAS ANDRADE</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1420/pl-13-2025-l.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1420/pl-13-2025-l.pdf</t>
   </si>
   <si>
     <t>Altera o Valor do Auxílio Alimentação dos servidores da Câmara Municipal de Missal</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1437/pl-14-2025-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1437/pl-14-2025-e.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a Proceder à Doação para o Provopar</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1441/pl-15-2025-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1441/pl-15-2025-e.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a Efetuar a Aquisição de Bem Imóvel  dá outras providências</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1442/pl-16-2025-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1442/pl-16-2025-e.pdf</t>
   </si>
   <si>
     <t>Prorroga o Plano Municipal de Educação aprovado pela Lei nº 1.276, de 09 de junho do 2015</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1450/pl-017-2025-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1450/pl-017-2025-e.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração e execução da Lei Orçamentária do Município de Missal para o exercício financeiro de 2026 e dá outras providências</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1458/pl-018-2025-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1458/pl-018-2025-e.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder Executivo Municipal a conceder gratificação e dá outras providências.</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1459/pl-019-2025-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1459/pl-019-2025-e.pdf</t>
   </si>
   <si>
     <t>Amplia vagas para contratação temporária e dá outras providências.</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1460/pl-020-2025-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1460/pl-020-2025-e.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder Executivo Municipal a ampliar o número de vagas no quadro geral de servidores e dá outras providências</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1474/pl-021-2025-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1474/pl-021-2025-e.pdf</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>IVONETE MACHADO, PROFESSOR FERNANDO, VALENTIN KNIPHOFF</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1475/pl_022-2025-l.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1475/pl_022-2025-l.pdf</t>
   </si>
   <si>
     <t>Institui a Carteira de Identificação da Pessoa com Fibromialgia - CIPFIBRO e assegura o atendimento preferencial às pessoas com fibromialgia nos estabelecimentos públicos e privados do Município de Missal</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1476/pl_023-2025-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1476/pl_023-2025-e.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar a abertura de crédito adicional Especial para o exercício de 2025 e dá outras providências</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1477/pl_024-2025-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1477/pl_024-2025-e.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar a abertura de crédito adicional Suplementar para o exercício de 2025 e dá outras providências</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1478/pl_025-2025-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1478/pl_025-2025-e.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder Executivo a promover Processo Seletivo Simplificado (PSS) para contratação de servidores públicos e dá outras providências</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1485/pl_026-2025-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1485/pl_026-2025-e.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação de valor mínimo para ajuizamento de ações de execução fiscal objetivando a cobrança de dívida ativa da Fazenda Pública do Município de Missal, Estado do Paraná e dá outras providências</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1492/pl_027-2025-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1492/pl_027-2025-e.pdf</t>
   </si>
   <si>
     <t>Dispões sobre a alteração das atribuições do cargo de Auditor Fiscal de Tributos, criado por meio da Lei nº 1.840, de 25 de fevereiro de 2025 e dá outras providências</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1497/pl_028-2025-e.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1497/pl_028-2025-e.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a promover Processo Seletivo Simplificado (PSS) para contratação de servidores públicos e dá outras providências</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>CUSTÓDIO LUIZ, ELIAS ANDRADE, JAIR BOGLER, JAIR RAUBER, MAICO BOI, TATI</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1501/pl_029-2025-l.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1501/pl_029-2025-l.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação Paraná Empreendimentos Hospitalares.</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1510/pl_030_-_institui_o_conselho_municipal_dos_direitos_da_pessoa_c.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1510/pl_030_-_institui_o_conselho_municipal_dos_direitos_da_pessoa_c.pdf</t>
   </si>
   <si>
     <t>Institui o Conselho Municipal dos Direitos da Pessoa com Deficiência do Município de Missal – CMDPD, o Fundo Municipal dos Direitos da Pessoa com Deficiência - FMDPD e dá outras providências.</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1513/pl_031_-_abertura_de_credito_especial.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1513/pl_031_-_abertura_de_credito_especial.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar a abertura de crédito adicional Especial para o exercício de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1514/pl_032_-_abertura_de_credito_suplementar.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1514/pl_032_-_abertura_de_credito_suplementar.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar a abertura de crédito adicional Suplementar para o exercício de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/</t>
+    <t>http://sapl.missal.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar a abertura de Crédito Adicional Suplementar para o exercício de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1534/pl_034_-_dispoe_sobre_o_plano_plurianual_-_ppa_2026_a_2029_do_m.zip</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1534/pl_034_-_dispoe_sobre_o_plano_plurianual_-_ppa_2026_a_2029_do_m.zip</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual – PPA 2026 a 2029 do Município de Missal e dá outras Providências.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1535/pl_035_-_estima_a_receita_e_fixa_a_despesa_do_municipio.zip</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1535/projeto_de_lei_032-2025_na_integra.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Missal para o Exercício Financeiro de 2026.</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1536/pl_036_-_abertura_de_credito_adicional_suplementar_equip_cecid.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1536/pl_036_-_abertura_de_credito_adicional_suplementar_equip_cecid.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a efetuar a abertura de crédito Adicional Suplementar para o exercício de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1537/pl_037_-_institui_o_programa_de_recuperacao_fiscal_-_refimi.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1537/pl_037_-_institui_o_programa_de_recuperacao_fiscal_-_refimi.pdf</t>
   </si>
   <si>
     <t>Institui o programa de Recuperação Fiscal -REFIMI no Município _x000D_
 de Missal e dá outras providências.</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1545/pl_038_-_autoriza_o_poder_executivo_municipal_a_proceder_doacao.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1545/pl_038_-_autoriza_o_poder_executivo_municipal_a_proceder_doacao.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROCEDER DOAÇÃO.</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1550/pl_039_-_declara_utilidade_publica_associacao_de_pais_mestres_.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1550/pl_039_-_declara_utilidade_publica_associacao_de_pais_mestres_.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Associação de pais, mestres e funcionários do Centro Municipal de Educação Infantil Sementes do Amanhã.</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1556/projeto_n_001_-_jornal_portal.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1556/projeto_n_001_-_jornal_portal.pdf</t>
   </si>
   <si>
     <t>Projeto “Resgate da História do Poder Legislativo de Missal”</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>PROFESSOR FERNANDO</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1557/pl_041_-_dispoe_sobre_a_obrigatoriedade_da_secretaria_de_saude_disponiblizar_as_listas_de_pacientes_que_aguaradm_por_consulktas.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1557/pl_041_-_dispoe_sobre_a_obrigatoriedade_da_secretaria_de_saude_disponiblizar_as_listas_de_pacientes_que_aguaradm_por_consulktas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da divulgação das listas de espera de pacientes que aguardam por consultas especializadas, exames e procedimentos cirúrgicos no Sistema Único de Saúde do Município de Missal e dá outras providências.</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1558/pl_042_-_institui_no_calendario_oficial_de_eventos_o_mes_abril_azul_dedicado_as_pessoas_com_transtorno_espectro_autista.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1558/pl_042_-_institui_no_calendario_oficial_de_eventos_o_mes_abril_azul_dedicado_as_pessoas_com_transtorno_espectro_autista.pdf</t>
   </si>
   <si>
     <t>Instituir no calendário Oficial de Eventos do Município de Missal o mês “Abril Azul”, dedicado a conscientização sobre o transtorno do Espectro Autista – TEA, e dá outras providências.</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1561/projeto_de_lei_altera_dispositivo_da_lei_1.674.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1561/projeto_de_lei_altera_dispositivo_da_lei_1.674.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da lei 1.674, de 20 de maio de 2022.</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>ELIAS ANDRADE, CUSTÓDIO LUIZ, JAIR BOGLER, MAICO BOI, TATI</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação Projeto Oportunidade Missal Futsal Esportes e lazer.</t>
   </si>
   <si>
+    <t>1579</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1579/pl_045_-_autoriza_o_executivo_municipal_a_efetuar_abertura_de_c.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Executivo Municipal a efetuar a abertura de crédito adicional suplementar para o exercício de 2025 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1580</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1580/pl_046_-_ratifica_o_protocolo_de_intencoes_firmado_entre_o_esta.pdf</t>
+  </si>
+  <si>
+    <t>Ratifica o protocolo de intenções firmado entre o Estado do Paraná e os Municípios do Estado do Paraná subscritores, com a finalidade de formalizar a constituição e adequação do Consórcio Intergestores Paraná saúde -CIPS aos termos do regime previsto na Lei Federal n° 11.107/2005 esua regulamentação, voltado ao desenvolvimento de ações na área da assistência farmacêutica no âmbito do Sistema único de Saúde (SUS).</t>
+  </si>
+  <si>
+    <t>1581</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1581/pl_047_-_dispoe_sobre_o_conselho_municipal_do_idoso.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o conselho municipal do idosos e fundo municipal dos direitos da pessoa idosa e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1582</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1582/pl_048_-_dispoe_sobre_a_reducao_temporaria_itbi.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a redução temporária da alíquota do imposto sobre a transmissão de bens imóveis – ITBI no âmbito do Município de Missal, Estado do Paraná e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1587</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1587/pl_049_-_autoriza_o_executivo_municipal_a_proceder_doacao_do_lo.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o poder Executivo Municipal a proceder doação, sem ônus, para Câmara Municipal de Missal.</t>
+  </si>
+  <si>
+    <t>1588</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1588/pl_050_-_autoriza_a_constituicao_do_fundo_municipal_de_saneamen.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a Constituição de Fundo Municipal de Saneamento Básico e Ambiental do Município de Missal- PR e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1589</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1589/pl_051_-_autoriza_o_poder_executivo_amunicipal_a_proceder_doaca.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a proceder doação.</t>
+  </si>
+  <si>
+    <t>1593</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1593/pl_052_-_autoriza_o_executivo_a_afetuar_abertura_de_credito_adi.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Executivo Municipal a efetuar abertura de crédito adicional Suplementar para  exercício de 2025 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1597</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1597/pl_053_-_dispoe_sobre_o_plano_de_cargos_servidores.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Plano de Cargos, carreira e remuneração dos Servidores Públicos da Administração Pública Direta do Município de Missal e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1598</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1598/pl_054_-_dispoe_sobre_o_plano_de_cargos_magisterio.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Plano de Cargos, carreira e remuneração dos Magistério Público Municipal de Missal e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1599</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1599/pl_055_-_altera_lei_n_1424_de_20_de_junho_de_2028.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei n° 1424 de 20 de Junho de 2018.</t>
+  </si>
+  <si>
+    <t>1604</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1604/pl_056_-_autoriza_abertura_de_credito_adicional_suplementar.pdf</t>
+  </si>
+  <si>
+    <t>1609</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1609/pl_057_-_dispoe_sobre_o_regime_juridico_da_estrutura_administra.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o regime jurídico da estrutura administrativa e as atribuições dos órgãos da administração direta do poder Executivo do Município de Missal.</t>
+  </si>
+  <si>
+    <t>1610</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1610/pl_058_-_amplia_vagas_no_quadro_geral_de_servidores_e_da_outras.pdf</t>
+  </si>
+  <si>
+    <t>Amplia vagas no quadro geral de servidores e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1611</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1611/pl_059_-_autoriza_o_poder_executivo_municipal_a_proceder_doacao.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o poder executivo municipal a proceder doação, sem ônus, para a câmara municipal de Missal.</t>
+  </si>
+  <si>
+    <t>1613</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1613/pl_060_-_autoriza_a_abertura_de_credito_adicional_especial_e_in.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de crédito Adicional Especial e a inclusão de prioridade no PPA e LDO e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1614</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1614/pl_061_-_dispoe_sobre_o_pagamento_retrotivo_do_auxilio_transpor.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o pagamento retroativo do auxílio-transporte às agentes comunitárias de saúde, conforme previsto na Lei Municipal N°1.672/2022, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1615</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1615/pl_062_-_ratifica-se_a_revisao_geral_anual_dos_cargos_do_ciasop.pdf</t>
+  </si>
+  <si>
+    <t>Ratifica-se a revisão geral anual dos cargos, empregos e funções do Consórcio Intermunicipal de Assistência Social do Oeste do Paraná – CIASOP para o exercício de 2025 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1616</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1616/pl_063_-_dispoe_sobre_o_regime_juridico_da_estrutura_administra.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Regime Jurídico da estrutura administrativa e as atribuições dos órgãos da Administração Direta do poder executivo do Município de Missal.</t>
+  </si>
+  <si>
     <t>1553</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Regulamenta a concessão de diárias de viagens a vereadores e servidores da Câmara Municipal.</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1570/projeto_de_resolucao_n_002-2025_acrescenta_e_altera_dispositiv.pdf</t>
+  </si>
+  <si>
     <t>Acrescenta e Altera Dispositivos no Regimento Interno da Câmara Municipal de Missal.</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CFOF - Comissão de Finanças, Orçamentos e Fiscalização</t>
   </si>
   <si>
     <t>Aprova o orçamento para realização da 22ª Deutsches Fest</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
     <t>Aprova o Orçamento Parcial para realização dos Festejos Alusivos ao 62º Aniversário de Fundação de Missal</t>
   </si>
   <si>
     <t>1439</t>
@@ -652,1821 +880,2090 @@
   <si>
     <t>1479</t>
   </si>
   <si>
     <t>CLJR - Comissão de Legislação, Justiça e Redação.</t>
   </si>
   <si>
     <t>Aprova orçamento para os eventos que fazem parte da programação de 62° Aniversário de Fundação de Missal</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
     <t>Aprova o orçamento para realização da 11ª edição do Trilhão Amigos da Lama.</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
     <t>Aprova o orçamento para realização do desfile de 07 DE SETEMBRO e Semana da Pátria.</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1543/pdl_no_08-2025_-_natal_luz.docx</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1543/pdl_no_08-2025_-_natal_luz.docx</t>
   </si>
   <si>
     <t>Aprova o orçamento para realização do NATAL LUZ – Programação Natalina para o ano de 2025.</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1544/projeto_de_decreto_legislativo_no_09-2025_-_reveillon.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1544/projeto_de_decreto_legislativo_no_09-2025_-_reveillon.pdf</t>
   </si>
   <si>
     <t>Aprova o orçamento para realização da festa de RÉVEILLON.</t>
   </si>
   <si>
+    <t>1617</t>
+  </si>
+  <si>
+    <t>Aprova o orçamento para realização festividades alusivas ao 43° Aniversário de Emancipação Político-administrativa do Município de Missal.</t>
+  </si>
+  <si>
     <t>1351</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>MAICO BOI, CUSTÓDIO LUIZ, ELIAS ANDRADE, JAIR BOGLER, JAIR RAUBER, TATI</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1351/indicacao_01-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1351/indicacao_01-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal estude a incrementação e melhorias com base no interesse público e no fortalecimento do Programa Nota Missalense</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1352/indicacao_02-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1352/indicacao_02-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal estude a possibilidade de erguer o suporte e trocar a caixa de água abastecedouro comunitário da Linha São José</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
     <t>ELIAS ANDRADE, CUSTÓDIO LUIZ, JAIR BOGLER, JAIR RAUBER, MAICO BOI, TATI</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1353/indicacao_03-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1353/indicacao_03-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal estude e reveja o Programa FUNDEMIS, optar por subsidio nos juros do crédito que melhor atender a empresa inscrita, em parceria com cooperativas de créditos da cidade, e acabando com a fila de espera</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
     <t>JAIR RAUBER, CUSTÓDIO LUIZ, ELIAS ANDRADE, JAIR BOGLER, MAICO BOI, TATI</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1354/indicacao_04-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1354/indicacao_04-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal estude a viabilidade da desapropriação da torre da OI</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
     <t>PROFESSOR FERNANDO, IVONETE MACHADO, VALENTIN KNIPHOFF</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1355/indicacao_05-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1355/indicacao_05-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal elabore um projeto para lombada elevada em frente à Escola Municipal Novo Milênio.</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1356/indicacao_06-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1356/indicacao_06-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal estude a viabilidade de implantar monitores para linha de transporte escolar</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1357/indicacao_07-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1357/indicacao_07-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal execute aproximadamente 4.5km de pavimentação poliédrica na Linha São Francisco sentido a Linha São Sebastião</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1361/indicacao_08-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1361/indicacao_08-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal estude a possibilidade de dar sequência a ciclovia já existente, até o terminal turístico vila natal</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1362/indicacao_09-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1362/indicacao_09-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal estude a viabilidade da remoção dos troncos remanescentes das árvores e a revitalização das calçadas na Rua do Bosque</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1363/indicacao_10-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1363/indicacao_10-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal crie a Secretaria de Esportes</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
     <t>JAIR BOGLER, CUSTÓDIO LUIZ, ELIAS ANDRADE, JAIR RAUBER, MAICO BOI, TATI</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1364/indicacao_11-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1364/indicacao_11-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal estude a possibilidade de reforma do passeio, calçadas e meio-fio da Rua Humberto Chechi no Distrito do Portão Ocoí</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1365/indicacao_12-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1365/indicacao_12-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal realize uma reforma geral no Centro de Multiuso de São Pedro.</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1366/indicacao_13-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1366/indicacao_13-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal reforme o antigo posto de saúde do centro</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1367/indicacao_14-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1367/indicacao_14-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal estude a possibilidade de refazer a cobertura da escola renascer e que seja feita uma parede de vidro em uma das laterais.</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1369/indicacao_15-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1369/indicacao_15-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal estude a viabilidade de melhorias e alargamento da ponte do Rio Borboleta localizada na comunidade de São Pedro.</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1370/indicacao_16-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1370/indicacao_16-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal troque a caixa de água comunitária da Vila Rural.</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
     <t>TATI, CUSTÓDIO LUIZ, ELIAS ANDRADE, JAIR BOGLER, JAIR RAUBER, MAICO BOI</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1371/indicacao_17-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1371/indicacao_17-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal considere a necessidade de melhorar a infraestrutura urbana das avenidas Dom Geraldo Sigaud e John Kennedy.</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1372/indicacao_18-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1372/indicacao_18-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal crie um conselho municipal para atuar na proteção e no bem-estar de animais em situação de rua ou vítimas de maus-tratos.</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1373/indicacao_19-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1373/indicacao_19-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal considere a importância de melhorar o acesso nas áreas rurais e interioranas, propõe-se a pavimentação asfáltica do trecho que liga Jacutinga à Fazenda Formiga</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1374/indicacao_20-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1374/indicacao_20-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal execute a pavimentação asfáltica das vias internas da Vila Natal, com o objetivo de melhorar as condições de mobilidade, segurança e infraestrutura da localidade</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
     <t>VALENTIN KNIPHOFF, IVONETE MACHADO, PROFESSOR FERNANDO</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1375/indicacao_21-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1375/indicacao_21-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal faça um sistema de captação de águas pluviais e galeria pluvial na Rua Independência no distrito do Portão Ocoí</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1376/indicacao_22-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1376/indicacao_22-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal providencie a colocação de aparelhos de ar condicionado na Unidade Básica de Saúde (UBS) do Distrito de Dom Armando.</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1377/indicacao_23-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1377/indicacao_23-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal refaça a linha hidráulica da comunidade da Linha São Francisco e Linha Caçador</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1378/indicacao_24-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1378/indicacao_24-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal implante um redutor de velocidade na Rua Padre Theodor Amstad</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1379/indicacao_25-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1379/indicacao_25-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal execute a pavimentação asfáltica na estrada que liga Portão Ocoí a Lajeado do Cedro e Linha Sbabo</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1380/indicacao_26-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1380/indicacao_26-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal execute calçamento nos acessos aos pátios de avicultura, suinocultura e bacia leiteira</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1385/indicacao_027-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1385/indicacao_027-2025.pdf</t>
   </si>
   <si>
     <t>Indicam um ponto de ônibus ao lado do Rancho dos Mateadores</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1386/indicacao_028-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1386/indicacao_028-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal realize a execução de aproximadamente 2,2km de Tratamento Superficial de Revestimento (TST) no trecho entre São Pedro e Ramilândia</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1387/indicacao_029-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1387/indicacao_029-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal realize a construção de passeio (calçada) na Rua Segundo Mognol, no distrito do Portão Ocoí</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1388/indicacao_030-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1388/indicacao_030-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal realize a execução de Tratamento Superficial de Revestimento (TST) no Loteamento Sausen, seguindo-se pela sequência da Rua Nossa Senhora da Conceição</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1389/indicacao_031-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1389/indicacao_031-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal realize a pavimentação, seja ela poliédrica ou asfáltica, no Loteamento Kotz, seguindo pela sequência da Rua das Palmeiras.</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1390/indicacao_032-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1390/indicacao_032-2025.pdf</t>
   </si>
   <si>
     <t>Indicam aoque a administração municipal estude a possibilidade de instalar um bebedouro no lago municipal</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1391/indicacao_033-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1391/indicacao_033-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal proceda com a aquisição de um caminhão hidrojato ou a contratação de serviços terceirizados para a limpeza de bueiros</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1392/indicacao_034-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1392/indicacao_034-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal estude a viabilidade de entrega de calcário e cama de aviário aos pequenos produtores</t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1393/indicacao_035-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1393/indicacao_035-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal realize cursos de aprendizagem no distrito do Portão Ocoí, voltados para as mulheres das comunidades</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1400/indicacao_036-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1400/indicacao_036-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal realize a execução da pavimentação asfáltica no Loteamento Esperança</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1401/indicacao_037-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1401/indicacao_037-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal realize a execução de reperfilamento asfáltico na Rua Padre Rick, passando pela ARL, juntamente com a instalação de iluminação pública.</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1402/indicacao_038-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1402/indicacao_038-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal realize a execução de pavimentação asfáltica no distrito de Dom Armando no Bairro Bela Vista, Bairro Dom Pedro, e na rua Vilibaldo Matte.</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1403/indicacao_039-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1403/indicacao_039-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal realize a instalação de portão eletrônico na base do SAMU.</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
     <t>Indicam que a administração municipal realize concorrência pública para a utilização de escolas desativadas no interior, com o objetivo de instalar agroindústrias.</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1405/indicacao_041-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1405/indicacao_041-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal realize a pavimentação ou TST no distrito de Dom Armando sentido a Esquina Rosa, e de Dom Armando sentido a Santa Cecília.</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1406/indicacao_042-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1406/indicacao_042-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal estude a viabilidade de instalar uma agroindústria de panificação no barracão desativado da Linha Glória.</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1407/indicacao_043-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1407/indicacao_043-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal faça com urgência a substituição dos canos do poço artesiano da Linha Santa Paula e Médio Rio Branco</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1408/indicacao_044-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1408/indicacao_044-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal faça um projeto de alargamento da Rua Paraná, no trecho em frente ao cemitério.</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
-    <t>45</t>
-[...2 lines deleted...]
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1409/indicacao_045-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1409/indicacao_045-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal encaminhe a solicitação para a criação do Auxílio Alimentação, a ser disponibilizado por meio de saldo em cartão eletrônico com chip e/ou tarja magnética, destinado a famílias em situação de vulnerabilidade social.</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
-    <t>46</t>
-[...2 lines deleted...]
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1410/indicacao_046-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1410/indicacao_046-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal realize a pavimentação poliédrica ou TST na linha Boa Esperança, sentido linha São Vicente.</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
-    <t>47</t>
-[...2 lines deleted...]
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1411/indicacao_047-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1411/indicacao_047-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal estude a viabilidade de realizar a execução de 1 km de TST no Morro do Cristo Rei, na divisa entre Missal e Ramilândia</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
-    <t>48</t>
-[...2 lines deleted...]
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1412/indicacao_048-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1412/indicacao_048-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal estude viabilidade de pavimentação ou asfalto da Linha São João, do cemitério até a ponte na divisa com o município de Itaipulândia, seguindo até a PR-497, com aproximadamente 3,3 km</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
-    <t>49</t>
-[...2 lines deleted...]
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1413/indicacao_049-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1413/indicacao_049-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal estude a viabilidade para alteração do sentido da Rua 7 de Setembro, entre a Rua Brasil e a Rua Santa Cruz transformando-a em sentindo único</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
-    <t>50</t>
-[...2 lines deleted...]
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1414/indicacao_050-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1414/indicacao_050-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal realize reparos de manutenção no asfalto que liga o Portão Ocoi à Jacutinga, devido ao tráfego de caminhões pesados</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
-    <t>51</t>
-[...2 lines deleted...]
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1415/indicacao_051-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1415/indicacao_051-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal realize reperfilamento asfáltico da PR- 497 até a Linha São João</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
-    <t>52</t>
-[...2 lines deleted...]
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1416/indicacao_052-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1416/indicacao_052-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal estude a viabilidade de realizar o calçamento na comunidade São José dos Pinhais</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
-    <t>53</t>
-[...2 lines deleted...]
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1417/indicacao_053-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1417/indicacao_053-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal estude a viabilidade colocar um redutor de velocidade na Rua da Produção próximo ao acesso do loteamento Kotz</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
-    <t>54</t>
-[...2 lines deleted...]
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1418/indicacao_054-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1418/indicacao_054-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal implante um vale refeição para as pessoas que fazem tratamento na cidade de cascavel</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
-    <t>55</t>
-[...2 lines deleted...]
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1419/indicacao_055-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1419/indicacao_055-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal reative o viveiro municipal</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
-    <t>56</t>
-[...2 lines deleted...]
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1422/indicacao_056-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1422/indicacao_056-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal realize reperfilamento asfáltico ou CBUQ da PR 495 nos trechos entre São José, Vila Rural e Santa Cecília, bem como no sentido Linha Caçador</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
-    <t>57</t>
-[...2 lines deleted...]
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1423/indicacao_057-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1423/indicacao_057-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal realize reperfilamento asfáltico com CBUQ na estrada que dá acesso à comunidade Linha São José, passando pela Vila Rural, Linha da Granja até o centro. E também a instalação de lombada em frente à residência dos moradores Tati e Hélio Campeira</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
-    <t>58</t>
-[...2 lines deleted...]
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1424/indicacao_058-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1424/indicacao_058-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal faça uma lombada em frente a propriedade de José Carlos Machado na Linha Bandeirantes</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
-    <t>59</t>
-[...2 lines deleted...]
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1425/indicacao_059-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1425/indicacao_059-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal faça um recuo na entrada do centro de equitação Luana Barth.</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
-    <t>60</t>
-[...2 lines deleted...]
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1426/indicacao_060-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1426/indicacao_060-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal faça um convenio com centro de treinamento de hidroginástica visando atender à população que necessita dessa prática como meio de reabilitação, prevenção ou melhoria da saúde.</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
-    <t>61</t>
-[...2 lines deleted...]
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1427/indicacao_061-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1427/indicacao_061-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal realize a aquisição de manilhas de 1 metro, a fim de fornecer aos produtores da bacia leiteira kits compostos por três manilhas e os itens necessários para a instalação, com o objetivo de facilitar a construção de bebedouros de água para o rebanho durante o período de escassez hídrica.</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
-    <t>62</t>
-[...2 lines deleted...]
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1428/indicacao_062-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1428/indicacao_062-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal estude a viabilidade de firmar um convênio com o município de Itaipulândia para realizar melhorias nas estradas entre Caramuru e São João até a PR 497</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
-    <t>63</t>
-[...2 lines deleted...]
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1429/indicacao_063-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1429/indicacao_063-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal estude a viabilidade de executar reperfilamento asfáltico da comunidade de São Pedro até a Linha Sta. Catarina</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1430/indicacao_064-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1430/indicacao_064-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal estude a execução de pavimentação com pedra irregular no trecho da comunidade de Linha São Pedro, sentido São José, até a propriedade do Sr. Elcio Welter</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1431/indicacao_065-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1431/indicacao_065-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal estuda a possibilidade de fazer um convênio com o hospital nossa senhora de Fátima para atender todos os tipos de Cirurgia que o hospital oferece.</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1432/indicacao_066-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1432/indicacao_066-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal utilize um triturador de galhos para dar um melhor destino ao material, podendo utilizar para jardinagem na cidade.</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1433/indicacao_067-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1433/indicacao_067-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal coloque um fraldário na UBS do Bairro Renascer</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1434/indicacao_068-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1434/indicacao_068-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal faça a pintura horizontal de “PARE” e colocação de tartarugas na esquina da avenida Dom Geraldo Sigaud com a Rua Dom Pedro I, em frente ao palco municipal</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1443/indicacao_069-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1443/indicacao_069-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal desenvolva e implemente um programa de subsídio para o fornecimento de lona aos produtores de leite que utilizam silagem (silos)</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1444/indicacao_070-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1444/indicacao_070-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal reavalie quesitos para distribuição das cestas básicas para que mais famílias possam ser comtempladas</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1445/indicacao_071-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1445/indicacao_071-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal faça uma cooperação com governo de estado em doação de uma área de aproximadamente 7.000m², para construção de um colégio no Distrito do Portão Ocoí</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1447/indicacao_072-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1447/indicacao_072-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal estude a possibilidade de voltar à limpeza das ruas através da Bobcat</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>Indicam que a administração municipal realize um estudo jurídico e técnico quanto à legalidade e viabilidade de regulamentar o programa de serviços de terraplanagem destinados a agricultores</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1449/indicacao_074-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1449/indicacao_074-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal faça um projeto de viabilidade de compra de áreas de terra para construção de casas de moradias para população dos distritos de Portão Ocoí e Dom Armando.</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1453/indicacao_075-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1453/indicacao_075-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal faça um projeto de estacionamento diagonal em frente ao paço municipal</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1454/indicacao_076-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1454/indicacao_076-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal providencie a disponibilização de rede Wi-Fi gratuita aos pacientes nas unidades de saúde do município.</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1455/indicacao_077-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1455/indicacao_077-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal por meio do Departamento de Cultura, contrate um professor, para ministrar aulas técnicas de canto para o Coral Municipal.</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1456/indicacao_078-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1456/indicacao_078-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal faça reparos periodicamente no parquinho do centro</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1457/indicacao_079-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1457/indicacao_079-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal mude ou monte outro Barracão na área industrial de Missal para pessoal do reciclado (acamis).</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1464/indicacao_080-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1464/indicacao_080-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal utilize o estacionamento da Feira do Produtor como rotativo, com tolerância de 15 minutos para embarque e desembarque.</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1465/indicacao_081-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1465/indicacao_081-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal estude e proponha soluções para o escoamento de águas pluviais na Rua Brasil, nas proximidades da Pizzaria Gula's.</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1466/indicacao_082-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1466/indicacao_082-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal estude a implementação de um sistema de ventilação no Ginásio 25 de Julho</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1467/indicacao_083-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1467/indicacao_083-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal faça um recuo na entrada da Escola Joaquim Nabuco para facilitar o acesso e a parada dos transportes escolares.</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1468/indicacao_084-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1468/indicacao_084-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal estude a viabilidade de melhorias no trecho que liga São Sebastião à comunidade São José dos Pinhais</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1471/indicacao_085-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1471/indicacao_085-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração realize reparos no campo do Bairro Renascer, incluindo alambrados, arquibancadas, traves e pintura, visando melhorar a estrutura e garantir mais segurança</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1472/indicacao_086-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1472/indicacao_086-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal estude a possibilidade de alteração no sistema de estacionamento da Rua Marechal Castelo Branco</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1480/indicacao_087-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1480/indicacao_087-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal faça a colocação de uma faixa elevada para travessia de pedestres em frente ao Paço Municipal.</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1481/indicacao_088-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1481/indicacao_088-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal providencie a instalação de um ponto de ônibus no Loteamento Esperança, nas proximidades da Rua Cláudio Antônio Raffler</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1482/indicacao_089-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1482/indicacao_089-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal avalie a possibilidade de adquirir uma área de terra localizada nos fundos da Igreja Católica da comunidade do Portão do Ocoí, com o objetivo de construir um barracão comunitário com churrasqueira</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1483/indicacao_090-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1483/indicacao_090-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal faça um Parquinho no loteamento kotz</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1484/indicacao_091-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1484/indicacao_091-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal disponibilize recursos financeiros destinados diretamente aos professores da rede municipal de ensino, para a aquisição de materiais pedagógicos em estabelecimentos comerciais locais</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1486/indicacao_092-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1486/indicacao_092-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal estude a viabilidade de instalar um ponto de ônibus na Rua Paraná, esquina com a Rua Minas Gerais, no Bairro Renascer. Da mesma forma, solicita-se a instalação de um ponto de ônibus na comunidade de Vista Alegre, no início da calçada</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1487/indicacao_093-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1487/indicacao_093-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal realize a instalação de portas automáticas nas vans da Secretaria de Saúde que realizam o transporte de pacientes para os municípios de Cascavel e Foz do Iguaçu</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>Indicam que a administração municipal estude a possibilidade de estender o serviço de transporte municipal para atender moradores que desejam frequentar cursos técnicos em municípios da região</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1489/indicacao_095-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1489/indicacao_095-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal realize as seguintes melhorias no campo sintético do bairro Jardim Gramado: Instalação de iluminação, para possibilitar a utilização do espaço em períodos noturnos com segurança; Instalação de lixeiras, a fim de manter o local limpo e organizado e Conserto ou substituição das redes das traves, garantindo melhores condições de uso para os esportistas</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1490/indicacao_096-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1490/indicacao_096-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal encaminhe um ofício à COPEL, solicitando a instalação de rede elétrica trifásica na Vila Rural, a fim de atender às necessidades dos moradores e fomentar o desenvolvimento local</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1495/indicacao_097-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1495/indicacao_097-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal estude a viabilidade de implantar o cartão vale material e uniforme escolar completo e calçado fechado para todos os alunos da rede municipal</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1496/indicacao_098-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1496/indicacao_098-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal resolva o caso com urgência de deixar a UBS do centro aberto até às 21 hrs ou contrate mais um médico para atender no pronto socorro das 18 hrs até às 23 hrs</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1499/indicacao_099-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1499/indicacao_099-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal estude a viabilidade de instalar proteções nas luminárias públicas localizadas próximas a áreas de plantio, a fim de evitar que a iluminação artificial prejudique o desenvolvimento das lavouras.</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1500/indicacao_100-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1500/indicacao_100-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal em parceria com a CIMI (Comércio e Indústria de Missal), promova um concurso de decoração natalina, premiando a residência e o comércio mais enfeitados com o tema de Natal, com o objetivo de incentivar o espírito natalino, valorizar a criatividade da comunidade, fomentar o comércio local e embelezar a cidade durante o período festivo, fortalecendo o envolvimento entre o poder público, os empreendedores e os moradores</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1503/indicacao_101-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1503/indicacao_101-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal estude a possibilidade de aquisição de terreno localizado no centro do município, com a finalidade de destinação à construção de unidades habitacionais.</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1504/indicacao_102-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1504/indicacao_102-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal por meio do Departamento de Cultura, promova a elaboração e publicação de um livro atualizado que registre a vida e a história dos pioneiros do município de Missal.</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1505/indicacao_103-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1505/indicacao_103-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal estude a viabilidade de adequar a quadra de basquete existente para a prática do basquete 3x3, modalidade oficial reconhecida e em constante crescimento.</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1506/indicacao_104-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1506/indicacao_104-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal estude a viabilidade de retirada do canteiro central da Avenida Dom Geraldo Sigaud, com a transferência da iluminação pública para as calçadas laterais, bem como a revitalização das calçadas ao longo da via.</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1507/indicacao_105-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1507/indicacao_105-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal forneça caixa de água de mil litros para cada família que não tenha por falta que acontece nas comunidades.</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1508/indicacao_106-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1508/indicacao_106-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal estude a viabilidade de criar um programa de subsídio destinado a famílias de pequenos agricultores de baixa renda, com o objetivo de apoiar a aquisição de vacas leiteiras.</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1515/indicacao_no_107-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1515/indicacao_no_107-2025.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Excelentíssimo Prefeito Municipal que a Administração Municipal dê continuidade à pavimentação com pedra irregular existente, estendendo-a por aproximadamente 3,2 km na Linha São João.</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1516/indicacao_no_108-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1516/indicacao_no_108-2025.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Excelentíssimo Prefeito Municipal que a Administração Municipal viabilize a construção de passeio e ciclovia no Distrito do Portão Ocoí, iniciando na Rodovia Prefeito Vendelino Royer, passando em frente ao Laticínio do Portão e ao Posto Baum, seguindo ao longo da PR-495 até o cemitério.</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1517/indicacao_no_109-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1517/indicacao_no_109-2025.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Excelentíssimo Prefeito Municipal que a administração municipal instale uma grade de contenção no parquinho do Lago Municipal, nas proximidades do “barco do pirata”, a fim de evitar que as crianças caiam no barranco existente no local.</t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1518/indicacao_no_110-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1518/indicacao_no_110-2025.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Excelentíssimo Prefeito Municipal que a administração municipal providencie a instalação de uma cobertura ligando o saguão da Escola Antônio Raposo Tavares, localizada no distrito de Vista Alegre, até o ginásio de esportes.</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1519/indicacao_no_111-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1519/indicacao_no_111-2025.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Excelentíssimo Prefeito Municipal que a Administração Municipal promova a instalação de um novo parquinho infantil no Distrito de Dom Armando, e a realização de reparos no parquinho existente no mesmo local, visando oferecer mais opções de lazer e recreação às crianças da comunidade.</t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1520/indicacao_no_112-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1520/indicacao_no_112-2025.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Excelentíssimo Prefeito Municipal que a Administração Municipal viabilize a pavimentação asfáltica no trecho que inicia na propriedade do senhor Roque Hickmann, em direção à comunidade de Vista Alta.</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1521/indicacao_no_113-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1521/indicacao_no_113-2025.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Excelentíssimo Prefeito Municipal que a Administração Municipal faça a revitalização de pórticos germânicos de identificação dos distritos, comunidades e bairros.</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1522/indicacao_no_114-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1522/indicacao_no_114-2025.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Excelentíssimo Prefeito Municipal que a Administração Municipal, por meio da Secretaria de Obras, providencie a instalação de duas lombadas em frente ao Rancho Sertanejo.</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1523/indicacao_no_115-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1523/indicacao_no_115-2025.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Excelentíssimo Prefeito Municipal que a Administração Municipal faça uma lombada em frente à residência do senhor Olímpio Nunes, na Linha Glória, considerando que crianças utilizam o transporte escolar nesse local e há intenso fluxo de veículos.</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1524/indicacao_no_116-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1524/indicacao_no_116-2025.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Excelentíssimo Prefeito Municipal que a Administração Municipal faça a instalação de um outdoor em espaços públicos estratégicos, para divulgação dos eventos oficiais do município e das comunidades.</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1525/indicacao_no_117-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1525/indicacao_no_117-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal realize o revestimento da cisterna da Escola Novo Milênio, tendo em vista que atualmente apresenta vazamento, ocasionando desperdício de água e prejuízo no armazenamento.</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1526/indicacao_no_118-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1526/indicacao_no_118-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a Administração Municipal estude a viabilidade de implantação de um parquinho infantil na Praia da Vila Natal.</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1527/indicacao_no_119-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1527/indicacao_no_119-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a Administração Municipal viabilize a aquisição de uma esteira elevada para a ACAMIS.</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1528/indicacao_no_120-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1528/indicacao_no_120-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal faça a instalação de manilhas na entrada da propriedade do Sr. Bruno Bortolusi situada na localidade Sanga Seca.</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1529/indicacao_no_121-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1529/indicacao_no_121-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal faça uma lama asfáltica em todas as ruas do loteamento cidade alta no Portão Ocoí para dar estrada de qualidade aos moradores.</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1530/indicacao_no_122-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1530/indicacao_no_122-2025.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Excelentíssimo Prefeito Municipal que a Administração Municipal viabilize a execução de pavimentação asfáltica ou TST no trecho que liga a Linha Padre Rick até a PR-495, com extensão aproximada de 1 km.</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1531/indicacao_no_123-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1531/indicacao_no_123-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a Administração Municipal viabilize a interligação da ciclovia do município de Santa Helena até o Distrito de Dom Armando.</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1538/indicacao_no_124-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1538/indicacao_no_124-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a Administração Municipal viabilize a construção de uma rampa de acesso à quadra de esportes da Escola Olavo Bilac.</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1539/indicacao_no_125-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1539/indicacao_no_125-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a Administração Municipal viabilize a execução de aplicação de lama asfáltica no trecho que compreende a Linha Esquina Eucalipto até a Cabeceira do Cedro, estendendo-se até a divisa com o município de Itaipulândia.</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1540/indicacao_no_126-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1540/indicacao_no_126-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a Administração Municipal promova a realização de uma Tarde Cultural Alemã na comunidade da Linha São José.</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1541/indicacao_no_127-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1541/indicacao_no_127-2025.pdf</t>
   </si>
   <si>
     <t>Indicam que a administração municipal por meio da Secretaria Municipal de Saúde, realize a implementação do Projeto “REVIVA”, com foco no incentivo ao autocuidado, na promoção do bem-estar e na melhoria da qualidade de vida dos idosos do município, a ser desenvolvido ao lado do campo society, na academia ao ar livre destinada à terceira idade, na comunidade do Portão do Ocoí com a instalação de placas de orientação para a execução dos exercícios e cuidados básicos com a saúde.</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1542/indicacao_no_128-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1542/indicacao_no_128-2025.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Excelentíssimo Prefeito Municipal que a Administração Municipal instale na Praia, uma barra fixa destinada à realização de exercícios físicos e manobras, visando oferecer mais uma opção de atividade voltada ao condicionamento físico em geral. O pedido atende à solicitação da população, que busca alternativas de lazer saudável, incentivo à prática de esportes e fortalecimento da qualidade de vida.</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1546/indicacao_no_129-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1546/indicacao_no_129-2025.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Excelentíssimo Prefeito Municipal que a Administração Municipal realize a substituição das placas com os nomes das ruas e a pintura das sinalizações de trânsito no município.</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1547/indicacao_no_130-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1547/indicacao_no_130-2025.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Excelentíssimo Prefeito Municipal que a Administração Municipal realize a readequação da lombada localizada na Avenida Dom Geraldo, em frente à Cresol, uma vez que atualmente a lombada encontra-se após a quadra, sendo necessário que seja posicionada na esquina anterior, de forma a garantir maior segurança no trânsito do local.</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1554/indicacao_no_131-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1554/indicacao_no_131-2025.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Excelentíssimo Prefeito Municipal que a Administração Municipal estude a possibilidade de implantação de aparelhos de ar-condicionado nos ônibus destinados ao transporte escolar da rede municipal de ensino. A medida se justifica tendo em vista a aproximação do período de verão, quando as altas temperaturas tornam o deslocamento dos estudantes desconfortável e, em alguns casos, prejudicial à saúde. Cabe destacar que, nos dias atuais, o ar-condicionado deixou de ser um artigo de luxo e passou a ser uma necessidade, especialmente em veículos que transportam diariamente crianças e adolescentes. Com essa melhoria, os alunos terão mais comodidade e bem-estar durante o trajeto até a escola, o que contribui também para a valorização da educação e da qualidade do serviço público oferecido.</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1555/indicacao_no_132-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1555/indicacao_no_132-2025.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Excelentíssimo Prefeito Municipal que a Administração Municipal faça a construção de duas lombadas (redutores de velocidade), em ambos os lados da Avenida, na Rua Padre Anchieta, a 50 metros do mercadinho da esquina.</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>INDICAM ao Excelentíssimo Prefeito Municipal que a Administração Municipal adote a ideia de realizar um agrado aos funcionários públicos de uma cesta de natal a todos no final do ano.</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1563/indicacao_no_134-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1563/indicacao_no_134-2025.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Excelentíssimo Prefeito Municipal que a Administração Municipal estude a possibilidade de adoção de múltiplos vale – compra no comércio local em substituição aos prêmios físicos do Programa Nota Missalense._x000D_
 O Programa Nota Missalense tem grande importância para estimular a emissão de notas fiscais e aumentar a arrecadação municipal. Entretanto, observa-se que os prêmios adquiridos atualmente não são todos adquiridos em Missal, o que reduz o potencial de retorno econômico à comunidade._x000D_
 Sugere-se que os prêmios sejam substituídos por múltiplos vale - compra, no mesmo valor do prêmio, a serem utilizados exclusivamente em estabelecimentos comerciais do município, previamente cadastrados._x000D_
 Tal medida incentivará a participação no programa, fomentará o comércio local e contri</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1564/indicacao_no_135-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1564/indicacao_no_135-2025.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Excelentíssimo Prefeito Municipal que a Administração Municipal estude a possibilidade do aumento da iluminação no Lago Municipal, a fim de proporcionar melhores condições de segurança para a população que utiliza o espaço para passeios e atividades de lazer durante o período noturno.</t>
   </si>
   <si>
+    <t>1572</t>
+  </si>
+  <si>
+    <t>136</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1572/indicacao_no_136-2025.pdf</t>
+  </si>
+  <si>
+    <t>INDICAM ao Excelentíssimo Prefeito Municipal que estude a possibilidade de aquisição de um cortador de grama tipo “giro zero”, a ser destinado para uso na Praia Artificial de Missal, evitando a necessidade de deslocar a máquina do pátio municipal a cada serviço de manutenção.</t>
+  </si>
+  <si>
+    <t>1573</t>
+  </si>
+  <si>
+    <t>137</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1573/indicacao_no_137-2025.pdf</t>
+  </si>
+  <si>
+    <t>INDICAM ao Excelentíssimo Prefeito Municipal que a Administração Municipal estude por meio da Secretaria Municipal de Educação e/ou Secretaria Municipal de Saúde, que estude a possibilidade de adquirir e disponibilizar fones de ouvido antirruído (protetores auriculares) para crianças com Transtorno do Espectro Autista (TEA) matriculadas na rede pública de ensino ou atendidas em unidades de saúde do Município.</t>
+  </si>
+  <si>
+    <t>1575</t>
+  </si>
+  <si>
+    <t>138</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1575/indicacao_no_138-2025.pdf</t>
+  </si>
+  <si>
+    <t>INDICAM ao Excelentíssimo Prefeito Municipal que faça um estudo da viabilidade de isenção de IPTU, para as famílias que tenham uma só residência onde há pessoas com PCD, fibromialgia, TEA, em tratamento oncológico, e em hemodiálise.</t>
+  </si>
+  <si>
+    <t>1576</t>
+  </si>
+  <si>
+    <t>139</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1576/indicacao_no_139-2025.pdf</t>
+  </si>
+  <si>
+    <t>INDICAM ao Excelentíssimo Prefeito Municipal que seja criado um Programa de Incentivo aos Blocos da DeutschesFest, com a finalidade de reconhecer e premiar os grupos organizados que participam do desfile comemorativo da tradicional festa germânica de Missal._x000D_
+O programa deverá prever incentivo financeiro aos blocos que comprovarem, mediante apresentação de nota fiscal emitida no Município de Missal, a aquisição de abadás ou demais materiais utilizados na participação do desfile, fomentando o comércio local e fortalecendo a economia municipal.</t>
+  </si>
+  <si>
+    <t>1577</t>
+  </si>
+  <si>
+    <t>140</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1577/indicacao_no_140-2025.pdf</t>
+  </si>
+  <si>
+    <t>INDICAM ao Excelentíssimo Prefeito Municipal que a Administração Municipal disponibilize no site oficial do município, através de uma aba, os novos ceps das ruas do município de Missal.</t>
+  </si>
+  <si>
+    <t>1578</t>
+  </si>
+  <si>
+    <t>141</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1578/indicacao_no_141-2025.pdf</t>
+  </si>
+  <si>
+    <t>INDICAM ao Excelentíssimo Prefeito Municipal que realize melhorias e estudo de alargamento na estrada que cruza as PR’s 497 (pesque pague do Welter) a PR 495 (gruta de São Cristóvão). Se faça recuo de acostamento em frente ao comércio JS Verduras.</t>
+  </si>
+  <si>
+    <t>1584</t>
+  </si>
+  <si>
+    <t>142</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1584/indicacao_no_142-2025.pdf</t>
+  </si>
+  <si>
+    <t>INDICAM ao Excelentíssimo Prefeito Municipal que viabilize a reativação da antiga escolinha da comunidade da Linha Bandeirantes, para que o espaço possa ser utilizado pela comunidade local em atividades como reuniões do Clube de Mães, encontros sociais, cursos e demais eventos comunitários.</t>
+  </si>
+  <si>
+    <t>1585</t>
+  </si>
+  <si>
+    <t>143</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1585/indicacao_no_143-2025.pdf</t>
+  </si>
+  <si>
+    <t>INDICAM ao Excelentíssimo Prefeito Municipal que por meio da Secretaria de Saúde, adote campanha do “Atestado Consciente”, para organizar e tornar mais transparente a emissão de atestados médicos nas unidades de saúde do município.</t>
+  </si>
+  <si>
+    <t>1586</t>
+  </si>
+  <si>
+    <t>144</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1586/indicacao_no_144-2025.pdf</t>
+  </si>
+  <si>
+    <t>INDICAM ao Excelentíssimo Prefeito Municipal para que construísse uma mureta entre a rampa de acesso da UBS do centro e o pátio de estacionamento da secretaria de saúde com uma cancela automática para uso dos carros oficiais da saúde.</t>
+  </si>
+  <si>
+    <t>1590</t>
+  </si>
+  <si>
+    <t>145</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1590/indicacao_no_145-2025.pdf</t>
+  </si>
+  <si>
+    <t>INDICAM ao Excelentíssimo Prefeito Municipal que faça uma quadra de vôlei de areia no local ao lado do colégio do Portão Ocoí para atender as demandas da comunidade escolar, os idosos e população geral.</t>
+  </si>
+  <si>
+    <t>1594</t>
+  </si>
+  <si>
+    <t>146</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1594/indicacao_no_146-2025.pdf</t>
+  </si>
+  <si>
+    <t>INDICAM ao Excelentíssimo Prefeito Municipal que atenda as famílias da Cabeceira do Cedro com uma academia ao ar livre na comunidade.</t>
+  </si>
+  <si>
+    <t>1595</t>
+  </si>
+  <si>
+    <t>147</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1595/indicacao_no_147-2025.pdf</t>
+  </si>
+  <si>
+    <t>INDICAM ao Excelentíssimo Prefeito Municipal que faça uma placa indicando Portão Ocoi na entrada da Rua Medianeira, na PR 495.</t>
+  </si>
+  <si>
+    <t>1596</t>
+  </si>
+  <si>
+    <t>148</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1596/indicacao_no_148-2025.pdf</t>
+  </si>
+  <si>
+    <t>INDICAM ao Excelentíssimo Prefeito Municipal que seja restaurada as placas com o nome das ruas do distrito do Portão Ocoi.</t>
+  </si>
+  <si>
+    <t>1600</t>
+  </si>
+  <si>
+    <t>149</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1600/indicacao_no_149-2025.pdf</t>
+  </si>
+  <si>
+    <t>INDICAM ao Excelentíssimo Prefeito Municipal que reforme a quadra de esporte da linha São Sebastião para que as crianças possam usufruir colocando alguns brinquedos também, e coloque academia ao ar livre.</t>
+  </si>
+  <si>
+    <t>1601</t>
+  </si>
+  <si>
+    <t>150</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1601/indicacao_no_150-2025.pdf</t>
+  </si>
+  <si>
+    <t>INDICAM ao Excelentíssimo Prefeito Municipal para que seja feito recuo na calçada (portão atrás do Cepem) entre a Rua Paraná e Rua Nossa Senhora da Conceição, para estacionamento dos ônibus do transporte escolar, para facilitar o estacionamento e embarque e desembarque dos alunos.</t>
+  </si>
+  <si>
+    <t>1602</t>
+  </si>
+  <si>
+    <t>151</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1602/indicacao_no_151-2025.pdf</t>
+  </si>
+  <si>
+    <t>INDICAM ao Excelentíssimo Prefeito Municipal para que estude a viabilidade de se fazer uma rua coberta de guarda-chuvas.</t>
+  </si>
+  <si>
+    <t>1605</t>
+  </si>
+  <si>
+    <t>152</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1605/indicacao_no_152-2025.pdf</t>
+  </si>
+  <si>
+    <t>INDICAM ao Excelentíssimo Prefeito Municipal que faça um parquinho no local onde está sendo construído a creche, para todas as crianças do distrito do Portão Ocoí.</t>
+  </si>
+  <si>
+    <t>1606</t>
+  </si>
+  <si>
+    <t>153</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1606/indicacao_no_153-2025.pdf</t>
+  </si>
+  <si>
+    <t>INDICAM ao Excelentíssimo Prefeito Municipal que determine ao setor competente estudos e providências visando à implantação de um Programa Municipal de Fossas Ecológicas, destinado principalmente às comunidades rurais e áreas não atendidas por rede de esgoto._x000D_
+A iniciativa contribuirá para melhorar o saneamento básico, evitar contaminação ambiental e promover saúde pública, sendo solução de baixo custo e de fácil execução.</t>
+  </si>
+  <si>
+    <t>1607</t>
+  </si>
+  <si>
+    <t>154</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1607/indicacao_no_154-2025.pdf</t>
+  </si>
+  <si>
+    <t>INDICAM ao Excelentíssimo Prefeito Municipal que estude a viabilidade de tornar mão única a Rua Leopoldo Hennemann, via que passa em frente ao destacamento da Polícia Civil e da Polícia Militar.</t>
+  </si>
+  <si>
+    <t>1608</t>
+  </si>
+  <si>
+    <t>155</t>
+  </si>
+  <si>
+    <t>INDICAM ao Excelentíssimo Prefeito Municipal para que estude a viabilidade de instalação de rastreadores em todos os veículos oficiais do município.</t>
+  </si>
+  <si>
+    <t>1612</t>
+  </si>
+  <si>
+    <t>156</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1612/indicacao_no_156-2025.pdf</t>
+  </si>
+  <si>
+    <t>INDICAM ao Excelentíssimo Prefeito Municipal que seja providenciada a instalação de um caixa d’água de maior capacidade na Linha Glória, substituindo o reservatório atualmente existente, que é insuficiente para atender a demanda local. Indica-se ainda que seja instalado um caixa d’água na Linha Ponte Molhada, visando melhorar o abastecimento e garantir segurança hídrica às famílias daquela comunidade. A presente solicitação se justifica pela necessidade de melhorar a qualidade do fornecimento de água, evitando desabastecimentos e assegurando condições adequadas aos moradores.</t>
+  </si>
+  <si>
     <t>1360</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>ELIAS ANDRADE, JAIR BOGLER, MAICO BOI, TATI</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1360/requerimento_01-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1360/requerimento_01-2025.pdf</t>
   </si>
   <si>
     <t>Requerem uma MOÇÃO DE APLAUSOS ao grupo de voluntários que, pelo 4º ano consecutivo, organizou o almoço beneficente em prol da UOPECCAN</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1382/requerimento_02-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1382/requerimento_02-2025.pdf</t>
   </si>
   <si>
     <t>REQUEREM uma MOÇÃO DE APLAUSOS ao COLÉGIO ESTADUAL PADRE EDURADO MICHELIS, em comemoração aos seus 60 anos de história.</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1435/requerimento_03-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1435/requerimento_03-2025.pdf</t>
   </si>
   <si>
     <t>REQUER uma MOÇÃO DE APLAUSOS ao 14° BATALHÃO DA POLÍCIA MILITAR em comemoração aos 40 anos e aos serviços prestados ao município de Missal</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1440/requerimento_04-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1440/requerimento_04-2025.pdf</t>
   </si>
   <si>
     <t>Requerer Informações sobre a obra de Pavimentação Asfáltica de Estrada Municipal.</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1452/requerimento_05-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1452/requerimento_05-2025.pdf</t>
   </si>
   <si>
     <t>REQUEREM que seja encaminhado Oficio aos Gabinetes do Excelentíssimo Senhor Presidente da Câmara dos Deputados, Hugo Motta; do Excelentíssimo Senhor Ministro da Saúde, Alexandre Padilha; e dos demais Deputados Federais do Estado do Paraná manifestando posicionamento contrário à obrigatoriedade da vacina contra a COVID-19 no calendário infantil de vacinação</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1461/requerimento_06-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1461/requerimento_06-2025.pdf</t>
   </si>
   <si>
     <t>Requerem informações ao Poder Executivo Municipal, com a finalidade de esclarecer questões relativas à realização do evento Rodeio ocorrido no Município de Missal – PR, no ano de 2025</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
     <t>CUSTÓDIO LUIZ, ELIAS ANDRADE, JAIR BOGLER, JAIR RAUBER, MAICO BOI, TATI, VALENTIN KNIPHOFF</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1462/requerimento_07-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1462/requerimento_07-2025.pdf</t>
   </si>
   <si>
     <t>Requerem que seja encaminhado ofício a Polícia Rodoviária Estadual de Santa Helena, solicitando dados de acidentes ocorridos na PR 495 (trecho área industrial até o trevo da AB Insumos) e no trecho da PR 495 (entreposto da Lar até gruta de São Cristóvão), nos últimos 5 anos</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1463/requerimento_08-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1463/requerimento_08-2025.pdf</t>
   </si>
   <si>
     <t>Requerem que seja encaminhado ofício de congratulações a equipe de vôlei câmbio do Município de Missal, parabenizando-os pela conquista do 1° lugar na categoria masculina e 2° lugar na categoria feminina, na Etapa do II Circuito Sicredi, realizado no dia 16 de maio deste ano</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1470/requerimento_09-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1470/requerimento_09-2025.pdf</t>
   </si>
   <si>
     <t>Requerem que seja encaminhado um ofício ao Supremo Tribunal Federal (STF), manifestando o apoio desta Casa Legislativa à educação especial e sua contrariedade à ADI 7796 (Ação Direta de Inconstitucionalidade) que tramita naquela Corte</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
     <t>Requerem informações ao poder Executivo Municipal sobre as empresas atualmente credenciadas para prestar serviços de borracharia, oficinas de funilaria automotiva e chapeação</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
     <t>Requerem que seja concedida uma MOÇÃO HONROSA à artista plástica Eliane Maria de Pieri, uma mulher que, com sensibilidade, talento e dedicação, marcou profundamente a história cultural da nossa cidade e segue levando o nome de Missal para o mundo com orgulho e reconhecimento</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1498/requerimento_13-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1498/requerimento_13-2025.pdf</t>
   </si>
   <si>
     <t>Requerem que seja concedida uma MOÇÃO HONROSA ao senhor João de Pieri, um homem cuja vida foi marcada pela força, dedicação e serviço à comunidade especialmente às comunidades do interior, com destaque para o distrito de Portão Ocoí</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1509/requerimento_14-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1509/requerimento_14-2025.pdf</t>
   </si>
   <si>
     <t>Solicitam que seja encaminhado ofício ao poder executivo solicitando a Copia Integral do Projeto do CAUQ (concreto asfáltico usinado a quente), da dosagem da massa de CBUQ-Faixa “D”, no que se refere ao CBUQ fornecido e usinado pela empresa Conspectra Obras Ltda, que foi aplicado pela empresa Urbaniza Engenharia Ltda, no trecho de estrada que demanda do Portão do Ocoí até a Linha jacutinga, objeto do contrato de nº 489/2023, concorrência pública de nº 007/2023</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
     <t>IVONETE MACHADO, PROFESSOR FERNANDO</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1533/requerimento_n_015-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1533/requerimento_n_015-2025.pdf</t>
   </si>
   <si>
     <t>Requerem ao Poder Executivo Municipal, por meio da Secretaria Municipal de Saúde, a realização do Projeto “REVIVA”, com foco no incentivo ao autocuidado, na promoção do bem-estar e na melhoria da qualidade de vida dos idosos do nosso município.</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1548/requerimento_n_16_-_solicita_informacoes.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1548/requerimento_n_16_-_solicita_informacoes.pdf</t>
   </si>
   <si>
     <t>Requerem informações sobre o contrato de concessão de uso firmado entre o Município de Missal e a empresa Cerâmica Oeste Ltda, cujo objeto é a instalação de uma indústria oleira.</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1549/requerimento_n_17__-_mocao_de_aplauso.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1549/requerimento_n_17__-_mocao_de_aplauso.pdf</t>
   </si>
   <si>
     <t>Requerem MOÇÃO DE APLAUSOS ao atleta Gustavo Barros Vuaden e ao seu treinador Luis Delelli, pelos expressivos resultados conquistados nas competições esportivas, mais especificamente no atletismo, neste ano de 2025.</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1551/requerimento_n_018-2025_-_solicita_esclarecimentos.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1551/requerimento_n_018-2025_-_solicita_esclarecimentos.pdf</t>
   </si>
   <si>
     <t>Requerem esclarecimentos ao Poder Executivo Municipal sobre a presença de monitores nos ônibus escolares municipais.</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1552/requerimento_n_019_-_solicita_informacoes.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1552/requerimento_n_019_-_solicita_informacoes.pdf</t>
   </si>
   <si>
     <t>Requerem informações ao poder Executivo Municipal sobre cartão-ponto de todos os servidores lotados na Secretaria Municipal de Saúde, referente ao período de 01 de janeiro de 2023 a 30 de agosto de 2025.</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1560/requerimento_n_020-2025_solicita_informacoes_referente_program.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1560/requerimento_n_020-2025_solicita_informacoes_referente_program.pdf</t>
   </si>
   <si>
     <t>Requerem informações ao Poder Executivo Municipal sobre o Programa Bolsa Atleta Municipal.</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
     <t>REQUEREM que seja encaminhado Ofício à Federação Paranaense de Futebol de Salão, manifestando REPÚDIO aos lamentáveis acontecimentos ocorridos no sábado, dia 20 de setembro, na cidade de Palmas-PR.</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
     <t>REQUEREM que seja concedida uma MOÇÃO DE APLAUSO ao atleta Cauã Fernando Nogueira Knorst pela conquista do título brasileiro de Hapkido e a conquista do cinturão.</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1568/requerimento_n_023-2025_solicita_informacoes_referente_obra_de_pav._asfaltica.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1568/requerimento_n_023-2025_solicita_informacoes_referente_obra_de_pav._asfaltica.pdf</t>
   </si>
   <si>
     <t>Solicita informações ao Executivo.</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1569/requerimento_n_024-2025_solicita_parecer_de_vabilidade_tecnica.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1569/requerimento_n_024-2025_solicita_parecer_de_vabilidade_tecnica.pdf</t>
   </si>
   <si>
     <t>Solicita parecer da acessoria jurídica do Executivo, a respeito da viabilidade jurídica para alteração no programa Nota Missalense.</t>
   </si>
   <si>
+    <t>1574</t>
+  </si>
+  <si>
+    <t>CUSTÓDIO LUIZ</t>
+  </si>
+  <si>
+    <t>seja concedida MOÇÃO HONROSA em homenagem aos 50 anos do Coral Municipal.</t>
+  </si>
+  <si>
+    <t>1591</t>
+  </si>
+  <si>
+    <t>IVONETE MACHADO</t>
+  </si>
+  <si>
+    <t>Solicita documentação VAN SAÚDE</t>
+  </si>
+  <si>
+    <t>1592</t>
+  </si>
+  <si>
+    <t>JAIR RAUBER</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1592/requerimento_digitalizado.pdf</t>
+  </si>
+  <si>
+    <t>REQUER ao plenário desta Casa de Leis, após leitura, discussão e aprovação, que seja concedido ABONO da falta na 37ª Sessão Ordinária desta Casa Legislativa. Nos termos do § 2° do Art. 4° da Resolução N° 002/2016.</t>
+  </si>
+  <si>
+    <t>1603</t>
+  </si>
+  <si>
+    <t>REQUEREM ao plenário desta Casa de Leis, após leitura, discussão e aprovação, que seja concedida MOÇÃO HONROSA para a Paróquia Nossa Senhora da Conceição, pelos seus 60 anos de fundação no município de Missal, que se comemora no dia 08 de dezembro de 2025.</t>
+  </si>
+  <si>
+    <t>1619</t>
+  </si>
+  <si>
+    <t>Elias Xavier De Andrade e os vereadores da Décima Primeira Legislatura da Câmara Municipal de Missal, que subscrevem a presente proposição, no uso de suas atribuições regimentais, com assentos na atual legislatura da Câmara Municipal de Missal, REQUEREM ao Plenário desta Casa de Leis, após leitura, discussão e aprovação, que seja concedida MOÇÃO DE APLAUSOS ao Sr. Luiz De Aguiar, em reconhecimento aos relevantes serviços prestados à comunidade missalense e pela conquista do título de melhor jogador da categoria 55+ do Paraná, na Gala Futsal Paraná 20-25.</t>
+  </si>
+  <si>
     <t>1381</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1381/emenda_01.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1381/emenda_01.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva 01 ao projeto de lei nº 02/2025/E</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
     <t>Emenda Modificativa PL 11/2025/E</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1469/emenda_pl_18-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1469/emenda_pl_18-2025.pdf</t>
   </si>
   <si>
     <t>Emenda Supressiva ao PL-18/2025/E</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
-    <t>CUSTÓDIO LUIZ</t>
-[...2 lines deleted...]
-    <t>https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1559/emenda_substitutiva_n_04_-_pl_022-2025.pdf</t>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1559/emenda_substitutiva_n_04_-_pl_022-2025.pdf</t>
   </si>
   <si>
     <t>Simplifica o Pl que Institui a carteira de Identificação da pessoa com Fibromialgia - CIPFIBRO.</t>
+  </si>
+  <si>
+    <t>1583</t>
+  </si>
+  <si>
+    <t>Advogado - ADV</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1583/pl_047_2025_-_em_sup_01.docx</t>
+  </si>
+  <si>
+    <t>Fica suprimida a expressão “no prazo de 60 (sessenta) dias após a publicação desta Lei” do artigo 6º, do Projeto de Lei, passando o mesmo a figurar com a seguinte redação, reordenada:_x000D_
+_x000D_
+_x000D_
+“Art. 6º. Os membros do Conselho serão nomeados por Decreto do Executivo Municipal.”</t>
+  </si>
+  <si>
+    <t>1618</t>
+  </si>
+  <si>
+    <t>http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1618/emenda_supressiva_n_06_-_pl_061-2025.pdf</t>
+  </si>
+  <si>
+    <t>Fica suprimida a expressão "dos últimos 5 (cinco) anos" do artgo 2°, do Projeto de lei, passando o mesmo a figurar com nova redação.</t>
+  </si>
+  <si>
+    <t>1620</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
     <t>PEMLO</t>
   </si>
   <si>
     <t>Emenda a lei Orgânica</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
@@ -2779,67 +3276,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1358/pl-02-2025-e.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1359/pl-03-2025-e.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1368/pl-04-2025-e.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1383/pl-05-2025-l.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1384/pl-06-2025-e.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1394/pl-07-2025-e.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1395/pl-08-2025-e.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1396/pl_09_-_2025_-_e.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1397/pl_10_-_2025_-_e.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1398/pl_11_-_2025_-_e.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1399/pl_12_-_2025_-_e.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1420/pl-13-2025-l.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1437/pl-14-2025-e.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1441/pl-15-2025-e.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1442/pl-16-2025-e.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1450/pl-017-2025-e.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1458/pl-018-2025-e.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1459/pl-019-2025-e.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1460/pl-020-2025-e.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1474/pl-021-2025-e.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1475/pl_022-2025-l.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1476/pl_023-2025-e.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1477/pl_024-2025-e.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1478/pl_025-2025-e.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1485/pl_026-2025-e.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1492/pl_027-2025-e.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1497/pl_028-2025-e.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1501/pl_029-2025-l.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1510/pl_030_-_institui_o_conselho_municipal_dos_direitos_da_pessoa_c.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1513/pl_031_-_abertura_de_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1514/pl_032_-_abertura_de_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1534/pl_034_-_dispoe_sobre_o_plano_plurianual_-_ppa_2026_a_2029_do_m.zip" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1535/pl_035_-_estima_a_receita_e_fixa_a_despesa_do_municipio.zip" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1536/pl_036_-_abertura_de_credito_adicional_suplementar_equip_cecid.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1537/pl_037_-_institui_o_programa_de_recuperacao_fiscal_-_refimi.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1545/pl_038_-_autoriza_o_poder_executivo_municipal_a_proceder_doacao.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1550/pl_039_-_declara_utilidade_publica_associacao_de_pais_mestres_.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1556/projeto_n_001_-_jornal_portal.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1557/pl_041_-_dispoe_sobre_a_obrigatoriedade_da_secretaria_de_saude_disponiblizar_as_listas_de_pacientes_que_aguaradm_por_consulktas.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1558/pl_042_-_institui_no_calendario_oficial_de_eventos_o_mes_abril_azul_dedicado_as_pessoas_com_transtorno_espectro_autista.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1561/projeto_de_lei_altera_dispositivo_da_lei_1.674.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1543/pdl_no_08-2025_-_natal_luz.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1544/projeto_de_decreto_legislativo_no_09-2025_-_reveillon.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1351/indicacao_01-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1352/indicacao_02-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1353/indicacao_03-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1354/indicacao_04-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1355/indicacao_05-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1356/indicacao_06-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1357/indicacao_07-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1361/indicacao_08-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1362/indicacao_09-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1363/indicacao_10-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1364/indicacao_11-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1365/indicacao_12-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1366/indicacao_13-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1367/indicacao_14-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1369/indicacao_15-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1370/indicacao_16-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1371/indicacao_17-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1372/indicacao_18-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1373/indicacao_19-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1374/indicacao_20-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1375/indicacao_21-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1376/indicacao_22-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1377/indicacao_23-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1378/indicacao_24-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1379/indicacao_25-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1380/indicacao_26-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1385/indicacao_027-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1386/indicacao_028-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1387/indicacao_029-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1388/indicacao_030-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1389/indicacao_031-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1390/indicacao_032-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1391/indicacao_033-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1392/indicacao_034-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1393/indicacao_035-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1400/indicacao_036-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1401/indicacao_037-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1402/indicacao_038-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1403/indicacao_039-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1405/indicacao_041-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1406/indicacao_042-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1407/indicacao_043-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1408/indicacao_044-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1409/indicacao_045-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1410/indicacao_046-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1411/indicacao_047-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1412/indicacao_048-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1413/indicacao_049-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1414/indicacao_050-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1415/indicacao_051-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1416/indicacao_052-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1417/indicacao_053-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1418/indicacao_054-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1419/indicacao_055-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1422/indicacao_056-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1423/indicacao_057-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1424/indicacao_058-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1425/indicacao_059-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1426/indicacao_060-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1427/indicacao_061-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1428/indicacao_062-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1429/indicacao_063-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1430/indicacao_064-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1431/indicacao_065-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1432/indicacao_066-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1433/indicacao_067-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1434/indicacao_068-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1443/indicacao_069-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1444/indicacao_070-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1445/indicacao_071-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1447/indicacao_072-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1449/indicacao_074-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1453/indicacao_075-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1454/indicacao_076-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1455/indicacao_077-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1456/indicacao_078-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1457/indicacao_079-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1464/indicacao_080-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1465/indicacao_081-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1466/indicacao_082-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1467/indicacao_083-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1468/indicacao_084-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1471/indicacao_085-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1472/indicacao_086-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1480/indicacao_087-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1481/indicacao_088-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1482/indicacao_089-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1483/indicacao_090-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1484/indicacao_091-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1486/indicacao_092-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1487/indicacao_093-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1489/indicacao_095-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1490/indicacao_096-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1495/indicacao_097-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1496/indicacao_098-2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1499/indicacao_099-2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1500/indicacao_100-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1503/indicacao_101-2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1504/indicacao_102-2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1505/indicacao_103-2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1506/indicacao_104-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1507/indicacao_105-2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1508/indicacao_106-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1515/indicacao_no_107-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1516/indicacao_no_108-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1517/indicacao_no_109-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1518/indicacao_no_110-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1519/indicacao_no_111-2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1520/indicacao_no_112-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1521/indicacao_no_113-2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1522/indicacao_no_114-2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1523/indicacao_no_115-2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1524/indicacao_no_116-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1525/indicacao_no_117-2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1526/indicacao_no_118-2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1527/indicacao_no_119-2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1528/indicacao_no_120-2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1529/indicacao_no_121-2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1530/indicacao_no_122-2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1531/indicacao_no_123-2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1538/indicacao_no_124-2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1539/indicacao_no_125-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1540/indicacao_no_126-2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1541/indicacao_no_127-2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1542/indicacao_no_128-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1546/indicacao_no_129-2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1547/indicacao_no_130-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1554/indicacao_no_131-2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1555/indicacao_no_132-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1563/indicacao_no_134-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1564/indicacao_no_135-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1360/requerimento_01-2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1382/requerimento_02-2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1435/requerimento_03-2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1440/requerimento_04-2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1452/requerimento_05-2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1461/requerimento_06-2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1462/requerimento_07-2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1463/requerimento_08-2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1470/requerimento_09-2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1498/requerimento_13-2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1509/requerimento_14-2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1533/requerimento_n_015-2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1548/requerimento_n_16_-_solicita_informacoes.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1549/requerimento_n_17__-_mocao_de_aplauso.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1551/requerimento_n_018-2025_-_solicita_esclarecimentos.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1552/requerimento_n_019_-_solicita_informacoes.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1560/requerimento_n_020-2025_solicita_informacoes_referente_program.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1568/requerimento_n_023-2025_solicita_informacoes_referente_obra_de_pav._asfaltica.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1569/requerimento_n_024-2025_solicita_parecer_de_vabilidade_tecnica.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1381/emenda_01.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1469/emenda_pl_18-2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1559/emenda_substitutiva_n_04_-_pl_022-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.missal.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1358/pl-02-2025-e.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1359/pl-03-2025-e.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1368/pl-04-2025-e.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1383/pl-05-2025-l.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1384/pl-06-2025-e.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1394/pl-07-2025-e.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1395/pl-08-2025-e.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1396/pl_09_-_2025_-_e.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1397/pl_10_-_2025_-_e.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1398/pl_11_-_2025_-_e.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1399/pl_12_-_2025_-_e.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1420/pl-13-2025-l.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1437/pl-14-2025-e.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1441/pl-15-2025-e.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1442/pl-16-2025-e.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1450/pl-017-2025-e.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1458/pl-018-2025-e.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1459/pl-019-2025-e.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1460/pl-020-2025-e.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1474/pl-021-2025-e.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1475/pl_022-2025-l.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1476/pl_023-2025-e.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1477/pl_024-2025-e.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1478/pl_025-2025-e.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1485/pl_026-2025-e.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1492/pl_027-2025-e.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1497/pl_028-2025-e.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1501/pl_029-2025-l.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1510/pl_030_-_institui_o_conselho_municipal_dos_direitos_da_pessoa_c.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1513/pl_031_-_abertura_de_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1514/pl_032_-_abertura_de_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1534/pl_034_-_dispoe_sobre_o_plano_plurianual_-_ppa_2026_a_2029_do_m.zip" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1535/projeto_de_lei_032-2025_na_integra.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1536/pl_036_-_abertura_de_credito_adicional_suplementar_equip_cecid.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1537/pl_037_-_institui_o_programa_de_recuperacao_fiscal_-_refimi.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1545/pl_038_-_autoriza_o_poder_executivo_municipal_a_proceder_doacao.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1550/pl_039_-_declara_utilidade_publica_associacao_de_pais_mestres_.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1556/projeto_n_001_-_jornal_portal.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1557/pl_041_-_dispoe_sobre_a_obrigatoriedade_da_secretaria_de_saude_disponiblizar_as_listas_de_pacientes_que_aguaradm_por_consulktas.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1558/pl_042_-_institui_no_calendario_oficial_de_eventos_o_mes_abril_azul_dedicado_as_pessoas_com_transtorno_espectro_autista.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1561/projeto_de_lei_altera_dispositivo_da_lei_1.674.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1579/pl_045_-_autoriza_o_executivo_municipal_a_efetuar_abertura_de_c.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1580/pl_046_-_ratifica_o_protocolo_de_intencoes_firmado_entre_o_esta.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1581/pl_047_-_dispoe_sobre_o_conselho_municipal_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1582/pl_048_-_dispoe_sobre_a_reducao_temporaria_itbi.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1587/pl_049_-_autoriza_o_executivo_municipal_a_proceder_doacao_do_lo.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1588/pl_050_-_autoriza_a_constituicao_do_fundo_municipal_de_saneamen.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1589/pl_051_-_autoriza_o_poder_executivo_amunicipal_a_proceder_doaca.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1593/pl_052_-_autoriza_o_executivo_a_afetuar_abertura_de_credito_adi.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1597/pl_053_-_dispoe_sobre_o_plano_de_cargos_servidores.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1598/pl_054_-_dispoe_sobre_o_plano_de_cargos_magisterio.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1599/pl_055_-_altera_lei_n_1424_de_20_de_junho_de_2028.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1604/pl_056_-_autoriza_abertura_de_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1609/pl_057_-_dispoe_sobre_o_regime_juridico_da_estrutura_administra.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1610/pl_058_-_amplia_vagas_no_quadro_geral_de_servidores_e_da_outras.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1611/pl_059_-_autoriza_o_poder_executivo_municipal_a_proceder_doacao.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1613/pl_060_-_autoriza_a_abertura_de_credito_adicional_especial_e_in.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1614/pl_061_-_dispoe_sobre_o_pagamento_retrotivo_do_auxilio_transpor.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1615/pl_062_-_ratifica-se_a_revisao_geral_anual_dos_cargos_do_ciasop.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1616/pl_063_-_dispoe_sobre_o_regime_juridico_da_estrutura_administra.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1570/projeto_de_resolucao_n_002-2025_acrescenta_e_altera_dispositiv.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1543/pdl_no_08-2025_-_natal_luz.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1544/projeto_de_decreto_legislativo_no_09-2025_-_reveillon.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1351/indicacao_01-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1352/indicacao_02-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1353/indicacao_03-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1354/indicacao_04-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1355/indicacao_05-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1356/indicacao_06-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1357/indicacao_07-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1361/indicacao_08-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1362/indicacao_09-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1363/indicacao_10-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1364/indicacao_11-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1365/indicacao_12-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1366/indicacao_13-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1367/indicacao_14-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1369/indicacao_15-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1370/indicacao_16-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1371/indicacao_17-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1372/indicacao_18-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1373/indicacao_19-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1374/indicacao_20-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1375/indicacao_21-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1376/indicacao_22-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1377/indicacao_23-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1378/indicacao_24-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1379/indicacao_25-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1380/indicacao_26-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1385/indicacao_027-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1386/indicacao_028-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1387/indicacao_029-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1388/indicacao_030-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1389/indicacao_031-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1390/indicacao_032-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1391/indicacao_033-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1392/indicacao_034-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1393/indicacao_035-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1400/indicacao_036-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1401/indicacao_037-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1402/indicacao_038-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1403/indicacao_039-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1405/indicacao_041-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1406/indicacao_042-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1407/indicacao_043-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1408/indicacao_044-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1409/indicacao_045-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1410/indicacao_046-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1411/indicacao_047-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1412/indicacao_048-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1413/indicacao_049-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1414/indicacao_050-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1415/indicacao_051-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1416/indicacao_052-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1417/indicacao_053-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1418/indicacao_054-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1419/indicacao_055-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1422/indicacao_056-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1423/indicacao_057-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1424/indicacao_058-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1425/indicacao_059-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1426/indicacao_060-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1427/indicacao_061-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1428/indicacao_062-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1429/indicacao_063-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1430/indicacao_064-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1431/indicacao_065-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1432/indicacao_066-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1433/indicacao_067-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1434/indicacao_068-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1443/indicacao_069-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1444/indicacao_070-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1445/indicacao_071-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1447/indicacao_072-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1449/indicacao_074-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1453/indicacao_075-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1454/indicacao_076-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1455/indicacao_077-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1456/indicacao_078-2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1457/indicacao_079-2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1464/indicacao_080-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1465/indicacao_081-2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1466/indicacao_082-2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1467/indicacao_083-2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1468/indicacao_084-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1471/indicacao_085-2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1472/indicacao_086-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1480/indicacao_087-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1481/indicacao_088-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1482/indicacao_089-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1483/indicacao_090-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1484/indicacao_091-2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1486/indicacao_092-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1487/indicacao_093-2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1489/indicacao_095-2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1490/indicacao_096-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1495/indicacao_097-2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1496/indicacao_098-2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1499/indicacao_099-2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1500/indicacao_100-2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1503/indicacao_101-2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1504/indicacao_102-2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1505/indicacao_103-2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1506/indicacao_104-2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1507/indicacao_105-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1508/indicacao_106-2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1515/indicacao_no_107-2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1516/indicacao_no_108-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1517/indicacao_no_109-2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1518/indicacao_no_110-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1519/indicacao_no_111-2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1520/indicacao_no_112-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1521/indicacao_no_113-2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1522/indicacao_no_114-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1523/indicacao_no_115-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1524/indicacao_no_116-2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1525/indicacao_no_117-2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1526/indicacao_no_118-2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1527/indicacao_no_119-2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1528/indicacao_no_120-2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1529/indicacao_no_121-2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1530/indicacao_no_122-2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1531/indicacao_no_123-2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1538/indicacao_no_124-2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1539/indicacao_no_125-2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1540/indicacao_no_126-2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1541/indicacao_no_127-2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1542/indicacao_no_128-2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1546/indicacao_no_129-2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1547/indicacao_no_130-2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1554/indicacao_no_131-2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1555/indicacao_no_132-2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1563/indicacao_no_134-2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1564/indicacao_no_135-2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1572/indicacao_no_136-2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1573/indicacao_no_137-2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1575/indicacao_no_138-2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1576/indicacao_no_139-2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1577/indicacao_no_140-2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1578/indicacao_no_141-2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1584/indicacao_no_142-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1585/indicacao_no_143-2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1586/indicacao_no_144-2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1590/indicacao_no_145-2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1594/indicacao_no_146-2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1595/indicacao_no_147-2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1596/indicacao_no_148-2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1600/indicacao_no_149-2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1601/indicacao_no_150-2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1602/indicacao_no_151-2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1605/indicacao_no_152-2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1606/indicacao_no_153-2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1607/indicacao_no_154-2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1612/indicacao_no_156-2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1360/requerimento_01-2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1382/requerimento_02-2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1435/requerimento_03-2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1440/requerimento_04-2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1452/requerimento_05-2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1461/requerimento_06-2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1462/requerimento_07-2025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1463/requerimento_08-2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1470/requerimento_09-2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1498/requerimento_13-2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1509/requerimento_14-2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1533/requerimento_n_015-2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1548/requerimento_n_16_-_solicita_informacoes.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1549/requerimento_n_17__-_mocao_de_aplauso.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1551/requerimento_n_018-2025_-_solicita_esclarecimentos.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1552/requerimento_n_019_-_solicita_informacoes.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1560/requerimento_n_020-2025_solicita_informacoes_referente_program.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1568/requerimento_n_023-2025_solicita_informacoes_referente_obra_de_pav._asfaltica.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1569/requerimento_n_024-2025_solicita_parecer_de_vabilidade_tecnica.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1592/requerimento_digitalizado.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1381/emenda_01.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1469/emenda_pl_18-2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1559/emenda_substitutiva_n_04_-_pl_022-2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1583/pl_047_2025_-_em_sup_01.docx" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/sapl/public/materialegislativa/2025/1618/emenda_supressiva_n_06_-_pl_061-2025.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.missal.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H218"/>
+  <dimension ref="A1:H267"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="87.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="196" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="195.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -3951,4561 +4448,5835 @@
       </c>
       <c r="E44" t="s">
         <v>12</v>
       </c>
       <c r="F44" t="s">
         <v>185</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>140</v>
       </c>
       <c r="H44" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>187</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>188</v>
       </c>
       <c r="D45" t="s">
+        <v>11</v>
+      </c>
+      <c r="E45" t="s">
+        <v>12</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" s="1" t="s">
         <v>189</v>
       </c>
-      <c r="E45" t="s">
+      <c r="H45" t="s">
         <v>190</v>
-      </c>
-[...7 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
+        <v>191</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
         <v>192</v>
       </c>
-      <c r="B46" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D46" t="s">
-        <v>189</v>
+        <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>190</v>
+        <v>12</v>
       </c>
       <c r="F46" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>140</v>
+        <v>193</v>
       </c>
       <c r="H46" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>188</v>
+        <v>196</v>
       </c>
       <c r="D47" t="s">
-        <v>195</v>
+        <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>196</v>
+        <v>12</v>
       </c>
       <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" s="1" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="H47" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>199</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="D48" t="s">
-        <v>195</v>
+        <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>196</v>
+        <v>12</v>
       </c>
       <c r="F48" t="s">
-        <v>197</v>
+        <v>13</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>140</v>
+        <v>201</v>
       </c>
       <c r="H48" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>17</v>
+        <v>204</v>
       </c>
       <c r="D49" t="s">
-        <v>195</v>
+        <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>196</v>
+        <v>12</v>
       </c>
       <c r="F49" t="s">
-        <v>197</v>
+        <v>13</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>140</v>
+        <v>205</v>
       </c>
       <c r="H49" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>21</v>
+        <v>208</v>
       </c>
       <c r="D50" t="s">
-        <v>195</v>
+        <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>196</v>
+        <v>12</v>
       </c>
       <c r="F50" t="s">
-        <v>197</v>
+        <v>13</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>140</v>
+        <v>209</v>
       </c>
       <c r="H50" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>25</v>
+        <v>212</v>
       </c>
       <c r="D51" t="s">
-        <v>195</v>
+        <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>196</v>
+        <v>12</v>
       </c>
       <c r="F51" t="s">
-        <v>206</v>
+        <v>13</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>140</v>
+        <v>213</v>
       </c>
       <c r="H51" t="s">
-        <v>207</v>
+        <v>214</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>208</v>
+        <v>215</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>30</v>
+        <v>216</v>
       </c>
       <c r="D52" t="s">
-        <v>195</v>
+        <v>11</v>
       </c>
       <c r="E52" t="s">
-        <v>196</v>
+        <v>12</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>140</v>
+        <v>217</v>
       </c>
       <c r="H52" t="s">
-        <v>209</v>
+        <v>218</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>210</v>
+        <v>219</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>34</v>
+        <v>220</v>
       </c>
       <c r="D53" t="s">
-        <v>195</v>
+        <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>196</v>
+        <v>12</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>140</v>
+        <v>221</v>
       </c>
       <c r="H53" t="s">
-        <v>211</v>
+        <v>222</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>212</v>
+        <v>223</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>38</v>
+        <v>224</v>
       </c>
       <c r="D54" t="s">
-        <v>195</v>
+        <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>196</v>
+        <v>12</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>213</v>
+        <v>225</v>
       </c>
       <c r="H54" t="s">
-        <v>214</v>
+        <v>226</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>215</v>
+        <v>227</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>42</v>
+        <v>228</v>
       </c>
       <c r="D55" t="s">
-        <v>195</v>
+        <v>11</v>
       </c>
       <c r="E55" t="s">
-        <v>196</v>
+        <v>12</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>216</v>
+        <v>229</v>
       </c>
       <c r="H55" t="s">
-        <v>217</v>
+        <v>230</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>218</v>
+        <v>231</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>188</v>
+        <v>232</v>
       </c>
       <c r="D56" t="s">
-        <v>219</v>
+        <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>220</v>
+        <v>12</v>
       </c>
       <c r="F56" t="s">
-        <v>221</v>
+        <v>13</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>222</v>
+        <v>233</v>
       </c>
       <c r="H56" t="s">
-        <v>223</v>
+        <v>190</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>224</v>
+        <v>234</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>10</v>
+        <v>235</v>
       </c>
       <c r="D57" t="s">
-        <v>219</v>
+        <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>220</v>
+        <v>12</v>
       </c>
       <c r="F57" t="s">
-        <v>221</v>
+        <v>13</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>225</v>
+        <v>236</v>
       </c>
       <c r="H57" t="s">
-        <v>226</v>
+        <v>237</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>227</v>
+        <v>238</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>17</v>
+        <v>239</v>
       </c>
       <c r="D58" t="s">
-        <v>219</v>
+        <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>220</v>
+        <v>12</v>
       </c>
       <c r="F58" t="s">
-        <v>228</v>
+        <v>13</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>229</v>
+        <v>240</v>
       </c>
       <c r="H58" t="s">
-        <v>230</v>
+        <v>241</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>231</v>
+        <v>242</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>21</v>
+        <v>243</v>
       </c>
       <c r="D59" t="s">
-        <v>219</v>
+        <v>11</v>
       </c>
       <c r="E59" t="s">
-        <v>220</v>
+        <v>12</v>
       </c>
       <c r="F59" t="s">
-        <v>232</v>
+        <v>13</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>233</v>
+        <v>244</v>
       </c>
       <c r="H59" t="s">
-        <v>234</v>
+        <v>245</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>235</v>
+        <v>246</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>25</v>
+        <v>247</v>
       </c>
       <c r="D60" t="s">
-        <v>219</v>
+        <v>11</v>
       </c>
       <c r="E60" t="s">
-        <v>220</v>
+        <v>12</v>
       </c>
       <c r="F60" t="s">
-        <v>236</v>
+        <v>13</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>237</v>
+        <v>248</v>
       </c>
       <c r="H60" t="s">
-        <v>238</v>
+        <v>249</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>239</v>
+        <v>250</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>30</v>
+        <v>251</v>
       </c>
       <c r="D61" t="s">
-        <v>219</v>
+        <v>11</v>
       </c>
       <c r="E61" t="s">
-        <v>220</v>
+        <v>12</v>
       </c>
       <c r="F61" t="s">
-        <v>236</v>
+        <v>13</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>240</v>
+        <v>252</v>
       </c>
       <c r="H61" t="s">
-        <v>241</v>
+        <v>253</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>242</v>
+        <v>254</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>34</v>
+        <v>255</v>
       </c>
       <c r="D62" t="s">
-        <v>219</v>
+        <v>11</v>
       </c>
       <c r="E62" t="s">
-        <v>220</v>
+        <v>12</v>
       </c>
       <c r="F62" t="s">
-        <v>228</v>
+        <v>13</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>243</v>
+        <v>256</v>
       </c>
       <c r="H62" t="s">
-        <v>244</v>
+        <v>257</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>245</v>
+        <v>258</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>38</v>
+        <v>259</v>
       </c>
       <c r="D63" t="s">
-        <v>219</v>
+        <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>220</v>
+        <v>12</v>
       </c>
       <c r="F63" t="s">
-        <v>221</v>
+        <v>13</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>246</v>
+        <v>260</v>
       </c>
       <c r="H63" t="s">
-        <v>247</v>
+        <v>261</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>248</v>
+        <v>262</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>42</v>
+        <v>263</v>
       </c>
       <c r="D64" t="s">
-        <v>219</v>
+        <v>264</v>
       </c>
       <c r="E64" t="s">
-        <v>220</v>
+        <v>265</v>
       </c>
       <c r="F64" t="s">
-        <v>221</v>
+        <v>58</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>249</v>
+        <v>140</v>
       </c>
       <c r="H64" t="s">
-        <v>250</v>
+        <v>266</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>251</v>
+        <v>267</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>46</v>
+        <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>219</v>
+        <v>264</v>
       </c>
       <c r="E65" t="s">
-        <v>220</v>
+        <v>265</v>
       </c>
       <c r="F65" t="s">
-        <v>228</v>
+        <v>26</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>252</v>
+        <v>268</v>
       </c>
       <c r="H65" t="s">
-        <v>253</v>
+        <v>269</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>254</v>
+        <v>270</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>50</v>
+        <v>263</v>
       </c>
       <c r="D66" t="s">
-        <v>219</v>
+        <v>271</v>
       </c>
       <c r="E66" t="s">
-        <v>220</v>
+        <v>272</v>
       </c>
       <c r="F66" t="s">
-        <v>255</v>
+        <v>273</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>256</v>
+        <v>140</v>
       </c>
       <c r="H66" t="s">
-        <v>257</v>
+        <v>274</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>258</v>
+        <v>275</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>219</v>
+        <v>271</v>
       </c>
       <c r="E67" t="s">
-        <v>220</v>
+        <v>272</v>
       </c>
       <c r="F67" t="s">
-        <v>232</v>
+        <v>273</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>259</v>
+        <v>140</v>
       </c>
       <c r="H67" t="s">
-        <v>260</v>
+        <v>276</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>261</v>
+        <v>277</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>57</v>
+        <v>17</v>
       </c>
       <c r="D68" t="s">
-        <v>219</v>
+        <v>271</v>
       </c>
       <c r="E68" t="s">
-        <v>220</v>
+        <v>272</v>
       </c>
       <c r="F68" t="s">
-        <v>232</v>
+        <v>273</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>262</v>
+        <v>140</v>
       </c>
       <c r="H68" t="s">
-        <v>263</v>
+        <v>278</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>264</v>
+        <v>279</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>62</v>
+        <v>21</v>
       </c>
       <c r="D69" t="s">
-        <v>219</v>
+        <v>271</v>
       </c>
       <c r="E69" t="s">
-        <v>220</v>
+        <v>272</v>
       </c>
       <c r="F69" t="s">
-        <v>236</v>
+        <v>273</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>265</v>
+        <v>140</v>
       </c>
       <c r="H69" t="s">
-        <v>266</v>
+        <v>280</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>267</v>
+        <v>281</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>66</v>
+        <v>25</v>
       </c>
       <c r="D70" t="s">
-        <v>219</v>
+        <v>271</v>
       </c>
       <c r="E70" t="s">
-        <v>220</v>
+        <v>272</v>
       </c>
       <c r="F70" t="s">
-        <v>232</v>
+        <v>282</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>268</v>
+        <v>140</v>
       </c>
       <c r="H70" t="s">
-        <v>269</v>
+        <v>283</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>270</v>
+        <v>284</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>70</v>
+        <v>30</v>
       </c>
       <c r="D71" t="s">
-        <v>219</v>
+        <v>271</v>
       </c>
       <c r="E71" t="s">
-        <v>220</v>
+        <v>272</v>
       </c>
       <c r="F71" t="s">
-        <v>232</v>
+        <v>13</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>271</v>
+        <v>140</v>
       </c>
       <c r="H71" t="s">
-        <v>272</v>
+        <v>285</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>273</v>
+        <v>286</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>74</v>
+        <v>34</v>
       </c>
       <c r="D72" t="s">
-        <v>219</v>
+        <v>271</v>
       </c>
       <c r="E72" t="s">
-        <v>220</v>
+        <v>272</v>
       </c>
       <c r="F72" t="s">
-        <v>274</v>
+        <v>13</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>275</v>
+        <v>140</v>
       </c>
       <c r="H72" t="s">
-        <v>276</v>
+        <v>287</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>277</v>
+        <v>288</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>78</v>
+        <v>38</v>
       </c>
       <c r="D73" t="s">
-        <v>219</v>
+        <v>271</v>
       </c>
       <c r="E73" t="s">
-        <v>220</v>
+        <v>272</v>
       </c>
       <c r="F73" t="s">
-        <v>228</v>
+        <v>13</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>278</v>
+        <v>289</v>
       </c>
       <c r="H73" t="s">
-        <v>279</v>
+        <v>290</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>280</v>
+        <v>291</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>82</v>
+        <v>42</v>
       </c>
       <c r="D74" t="s">
-        <v>219</v>
+        <v>271</v>
       </c>
       <c r="E74" t="s">
-        <v>220</v>
+        <v>272</v>
       </c>
       <c r="F74" t="s">
-        <v>221</v>
+        <v>13</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>281</v>
+        <v>292</v>
       </c>
       <c r="H74" t="s">
-        <v>282</v>
+        <v>293</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>283</v>
+        <v>294</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>86</v>
+        <v>46</v>
       </c>
       <c r="D75" t="s">
-        <v>219</v>
+        <v>271</v>
       </c>
       <c r="E75" t="s">
-        <v>220</v>
+        <v>272</v>
       </c>
       <c r="F75" t="s">
-        <v>221</v>
+        <v>13</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>284</v>
+        <v>140</v>
       </c>
       <c r="H75" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>286</v>
+        <v>296</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>90</v>
+        <v>263</v>
       </c>
       <c r="D76" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E76" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F76" t="s">
-        <v>287</v>
+        <v>299</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>288</v>
+        <v>300</v>
       </c>
       <c r="H76" t="s">
-        <v>289</v>
+        <v>301</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>290</v>
+        <v>302</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>93</v>
+        <v>10</v>
       </c>
       <c r="D77" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E77" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F77" t="s">
-        <v>274</v>
+        <v>299</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>291</v>
+        <v>303</v>
       </c>
       <c r="H77" t="s">
-        <v>292</v>
+        <v>304</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>293</v>
+        <v>305</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>98</v>
+        <v>17</v>
       </c>
       <c r="D78" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E78" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F78" t="s">
-        <v>236</v>
+        <v>306</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>294</v>
+        <v>307</v>
       </c>
       <c r="H78" t="s">
-        <v>295</v>
+        <v>308</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>296</v>
+        <v>309</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>102</v>
+        <v>21</v>
       </c>
       <c r="D79" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E79" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F79" t="s">
-        <v>236</v>
+        <v>310</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>297</v>
+        <v>311</v>
       </c>
       <c r="H79" t="s">
-        <v>298</v>
+        <v>312</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>299</v>
+        <v>313</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>106</v>
+        <v>25</v>
       </c>
       <c r="D80" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E80" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F80" t="s">
-        <v>94</v>
+        <v>314</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>300</v>
+        <v>315</v>
       </c>
       <c r="H80" t="s">
-        <v>301</v>
+        <v>316</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>302</v>
+        <v>317</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>110</v>
+        <v>30</v>
       </c>
       <c r="D81" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E81" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F81" t="s">
-        <v>94</v>
+        <v>314</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>303</v>
+        <v>318</v>
       </c>
       <c r="H81" t="s">
-        <v>304</v>
+        <v>319</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>305</v>
+        <v>320</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>114</v>
+        <v>34</v>
       </c>
       <c r="D82" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E82" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F82" t="s">
-        <v>232</v>
+        <v>306</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>306</v>
+        <v>321</v>
       </c>
       <c r="H82" t="s">
-        <v>307</v>
+        <v>322</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>308</v>
+        <v>323</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>118</v>
+        <v>38</v>
       </c>
       <c r="D83" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E83" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F83" t="s">
-        <v>232</v>
+        <v>299</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>309</v>
+        <v>324</v>
       </c>
       <c r="H83" t="s">
-        <v>310</v>
+        <v>325</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>311</v>
+        <v>326</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>122</v>
+        <v>42</v>
       </c>
       <c r="D84" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E84" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F84" t="s">
-        <v>255</v>
+        <v>299</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>312</v>
+        <v>327</v>
       </c>
       <c r="H84" t="s">
-        <v>313</v>
+        <v>328</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>314</v>
+        <v>329</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>127</v>
+        <v>46</v>
       </c>
       <c r="D85" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E85" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F85" t="s">
-        <v>221</v>
+        <v>306</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>315</v>
+        <v>330</v>
       </c>
       <c r="H85" t="s">
-        <v>316</v>
+        <v>331</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>317</v>
+        <v>332</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>131</v>
+        <v>50</v>
       </c>
       <c r="D86" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E86" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F86" t="s">
-        <v>221</v>
+        <v>333</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>318</v>
+        <v>334</v>
       </c>
       <c r="H86" t="s">
-        <v>319</v>
+        <v>335</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>320</v>
+        <v>336</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>135</v>
+        <v>54</v>
       </c>
       <c r="D87" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E87" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F87" t="s">
-        <v>236</v>
+        <v>310</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>321</v>
+        <v>337</v>
       </c>
       <c r="H87" t="s">
-        <v>322</v>
+        <v>338</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>323</v>
+        <v>339</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>139</v>
+        <v>57</v>
       </c>
       <c r="D88" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E88" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F88" t="s">
-        <v>236</v>
+        <v>310</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>324</v>
+        <v>340</v>
       </c>
       <c r="H88" t="s">
-        <v>325</v>
+        <v>341</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>326</v>
+        <v>342</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>143</v>
+        <v>62</v>
       </c>
       <c r="D89" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E89" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F89" t="s">
-        <v>94</v>
+        <v>314</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>327</v>
+        <v>343</v>
       </c>
       <c r="H89" t="s">
-        <v>328</v>
+        <v>344</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>329</v>
+        <v>345</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>147</v>
+        <v>66</v>
       </c>
       <c r="D90" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E90" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F90" t="s">
-        <v>94</v>
+        <v>310</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>330</v>
+        <v>346</v>
       </c>
       <c r="H90" t="s">
-        <v>331</v>
+        <v>347</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>332</v>
+        <v>348</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>151</v>
+        <v>70</v>
       </c>
       <c r="D91" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E91" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F91" t="s">
-        <v>228</v>
+        <v>310</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>333</v>
+        <v>349</v>
       </c>
       <c r="H91" t="s">
-        <v>334</v>
+        <v>350</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>335</v>
+        <v>351</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>155</v>
+        <v>74</v>
       </c>
       <c r="D92" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E92" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F92" t="s">
-        <v>221</v>
+        <v>352</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>336</v>
+        <v>353</v>
       </c>
       <c r="H92" t="s">
-        <v>337</v>
+        <v>354</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>338</v>
+        <v>355</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>159</v>
+        <v>78</v>
       </c>
       <c r="D93" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E93" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F93" t="s">
-        <v>274</v>
+        <v>306</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>339</v>
+        <v>356</v>
       </c>
       <c r="H93" t="s">
-        <v>340</v>
+        <v>357</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>341</v>
+        <v>358</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>163</v>
+        <v>82</v>
       </c>
       <c r="D94" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E94" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F94" t="s">
-        <v>123</v>
+        <v>299</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>342</v>
+        <v>359</v>
       </c>
       <c r="H94" t="s">
-        <v>343</v>
+        <v>360</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>344</v>
+        <v>361</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>167</v>
+        <v>86</v>
       </c>
       <c r="D95" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E95" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F95" t="s">
-        <v>221</v>
+        <v>299</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>140</v>
+        <v>362</v>
       </c>
       <c r="H95" t="s">
-        <v>345</v>
+        <v>363</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>346</v>
+        <v>364</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>171</v>
+        <v>90</v>
       </c>
       <c r="D96" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E96" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F96" t="s">
-        <v>274</v>
+        <v>365</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>347</v>
+        <v>366</v>
       </c>
       <c r="H96" t="s">
-        <v>348</v>
+        <v>367</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>349</v>
+        <v>368</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>176</v>
+        <v>93</v>
       </c>
       <c r="D97" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E97" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F97" t="s">
-        <v>94</v>
+        <v>352</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>350</v>
+        <v>369</v>
       </c>
       <c r="H97" t="s">
-        <v>351</v>
+        <v>370</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>352</v>
+        <v>371</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>180</v>
+        <v>98</v>
       </c>
       <c r="D98" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E98" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F98" t="s">
-        <v>94</v>
+        <v>314</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>353</v>
+        <v>372</v>
       </c>
       <c r="H98" t="s">
-        <v>354</v>
+        <v>373</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>355</v>
+        <v>374</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>184</v>
+        <v>102</v>
       </c>
       <c r="D99" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E99" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F99" t="s">
-        <v>287</v>
+        <v>314</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>356</v>
+        <v>375</v>
       </c>
       <c r="H99" t="s">
-        <v>357</v>
+        <v>376</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>358</v>
+        <v>377</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>359</v>
+        <v>106</v>
       </c>
       <c r="D100" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E100" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F100" t="s">
-        <v>236</v>
+        <v>94</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>360</v>
+        <v>378</v>
       </c>
       <c r="H100" t="s">
-        <v>361</v>
+        <v>379</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>362</v>
+        <v>380</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>363</v>
+        <v>110</v>
       </c>
       <c r="D101" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E101" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F101" t="s">
-        <v>232</v>
+        <v>94</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>364</v>
+        <v>381</v>
       </c>
       <c r="H101" t="s">
-        <v>365</v>
+        <v>382</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>366</v>
+        <v>383</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>367</v>
+        <v>114</v>
       </c>
       <c r="D102" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E102" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F102" t="s">
-        <v>221</v>
+        <v>310</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>368</v>
+        <v>384</v>
       </c>
       <c r="H102" t="s">
-        <v>369</v>
+        <v>385</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>370</v>
+        <v>386</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>371</v>
+        <v>118</v>
       </c>
       <c r="D103" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E103" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F103" t="s">
-        <v>221</v>
+        <v>310</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>372</v>
+        <v>387</v>
       </c>
       <c r="H103" t="s">
-        <v>373</v>
+        <v>388</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>374</v>
+        <v>389</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>375</v>
+        <v>122</v>
       </c>
       <c r="D104" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E104" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F104" t="s">
-        <v>123</v>
+        <v>333</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>376</v>
+        <v>390</v>
       </c>
       <c r="H104" t="s">
-        <v>377</v>
+        <v>391</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>378</v>
+        <v>392</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>379</v>
+        <v>127</v>
       </c>
       <c r="D105" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E105" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F105" t="s">
-        <v>255</v>
+        <v>299</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>380</v>
+        <v>393</v>
       </c>
       <c r="H105" t="s">
-        <v>381</v>
+        <v>394</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>382</v>
+        <v>395</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>383</v>
+        <v>131</v>
       </c>
       <c r="D106" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E106" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F106" t="s">
-        <v>255</v>
+        <v>299</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>384</v>
+        <v>396</v>
       </c>
       <c r="H106" t="s">
-        <v>385</v>
+        <v>397</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>386</v>
+        <v>398</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>387</v>
+        <v>135</v>
       </c>
       <c r="D107" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E107" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F107" t="s">
-        <v>94</v>
+        <v>314</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>388</v>
+        <v>399</v>
       </c>
       <c r="H107" t="s">
-        <v>389</v>
+        <v>400</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>390</v>
+        <v>401</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>391</v>
+        <v>139</v>
       </c>
       <c r="D108" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E108" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F108" t="s">
-        <v>236</v>
+        <v>314</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="H108" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>394</v>
+        <v>404</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>395</v>
+        <v>143</v>
       </c>
       <c r="D109" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E109" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F109" t="s">
-        <v>236</v>
+        <v>94</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>396</v>
+        <v>405</v>
       </c>
       <c r="H109" t="s">
-        <v>397</v>
+        <v>406</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>398</v>
+        <v>407</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>399</v>
+        <v>147</v>
       </c>
       <c r="D110" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E110" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F110" t="s">
         <v>94</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>400</v>
+        <v>408</v>
       </c>
       <c r="H110" t="s">
-        <v>401</v>
+        <v>409</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>402</v>
+        <v>410</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>403</v>
+        <v>151</v>
       </c>
       <c r="D111" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E111" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F111" t="s">
-        <v>232</v>
+        <v>306</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>404</v>
+        <v>411</v>
       </c>
       <c r="H111" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>406</v>
+        <v>413</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>407</v>
+        <v>155</v>
       </c>
       <c r="D112" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E112" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F112" t="s">
-        <v>221</v>
+        <v>299</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>408</v>
+        <v>414</v>
       </c>
       <c r="H112" t="s">
-        <v>409</v>
+        <v>415</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>410</v>
+        <v>416</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>411</v>
+        <v>159</v>
       </c>
       <c r="D113" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E113" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F113" t="s">
-        <v>94</v>
+        <v>352</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="H113" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>415</v>
+        <v>163</v>
       </c>
       <c r="D114" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E114" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F114" t="s">
-        <v>94</v>
+        <v>123</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="H114" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>419</v>
+        <v>167</v>
       </c>
       <c r="D115" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E115" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F115" t="s">
-        <v>274</v>
+        <v>299</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>420</v>
+        <v>140</v>
       </c>
       <c r="H115" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>423</v>
+        <v>171</v>
       </c>
       <c r="D116" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E116" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F116" t="s">
-        <v>228</v>
+        <v>352</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="H116" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>427</v>
+        <v>176</v>
       </c>
       <c r="D117" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E117" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F117" t="s">
-        <v>221</v>
+        <v>94</v>
       </c>
       <c r="G117" s="1" t="s">
         <v>428</v>
       </c>
       <c r="H117" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>430</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
+        <v>180</v>
+      </c>
+      <c r="D118" t="s">
+        <v>297</v>
+      </c>
+      <c r="E118" t="s">
+        <v>298</v>
+      </c>
+      <c r="F118" t="s">
+        <v>94</v>
+      </c>
+      <c r="G118" s="1" t="s">
         <v>431</v>
       </c>
-      <c r="D118" t="s">
-[...8 lines deleted...]
-      <c r="G118" s="1" t="s">
+      <c r="H118" t="s">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>433</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
+        <v>433</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>184</v>
+      </c>
+      <c r="D119" t="s">
+        <v>297</v>
+      </c>
+      <c r="E119" t="s">
+        <v>298</v>
+      </c>
+      <c r="F119" t="s">
+        <v>365</v>
+      </c>
+      <c r="G119" s="1" t="s">
         <v>434</v>
       </c>
-      <c r="B119" t="s">
-[...2 lines deleted...]
-      <c r="C119" t="s">
+      <c r="H119" t="s">
         <v>435</v>
-      </c>
-[...13 lines deleted...]
-        <v>437</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
+        <v>436</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>188</v>
+      </c>
+      <c r="D120" t="s">
+        <v>297</v>
+      </c>
+      <c r="E120" t="s">
+        <v>298</v>
+      </c>
+      <c r="F120" t="s">
+        <v>314</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="H120" t="s">
         <v>438</v>
-      </c>
-[...19 lines deleted...]
-        <v>441</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>443</v>
+        <v>192</v>
       </c>
       <c r="D121" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E121" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F121" t="s">
-        <v>236</v>
+        <v>310</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>444</v>
+        <v>440</v>
       </c>
       <c r="H121" t="s">
-        <v>445</v>
+        <v>441</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>446</v>
+        <v>442</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>447</v>
+        <v>196</v>
       </c>
       <c r="D122" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E122" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F122" t="s">
-        <v>236</v>
+        <v>299</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>448</v>
+        <v>443</v>
       </c>
       <c r="H122" t="s">
-        <v>449</v>
+        <v>444</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>450</v>
+        <v>445</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>451</v>
+        <v>200</v>
       </c>
       <c r="D123" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E123" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F123" t="s">
-        <v>123</v>
+        <v>299</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>452</v>
+        <v>446</v>
       </c>
       <c r="H123" t="s">
-        <v>453</v>
+        <v>447</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>454</v>
+        <v>448</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>455</v>
+        <v>204</v>
       </c>
       <c r="D124" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E124" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F124" t="s">
-        <v>94</v>
+        <v>123</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>456</v>
+        <v>449</v>
       </c>
       <c r="H124" t="s">
-        <v>457</v>
+        <v>450</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>458</v>
+        <v>451</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>459</v>
+        <v>208</v>
       </c>
       <c r="D125" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E125" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F125" t="s">
-        <v>94</v>
+        <v>333</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>460</v>
+        <v>452</v>
       </c>
       <c r="H125" t="s">
-        <v>461</v>
+        <v>453</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>462</v>
+        <v>454</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>463</v>
+        <v>212</v>
       </c>
       <c r="D126" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E126" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F126" t="s">
-        <v>255</v>
+        <v>333</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>464</v>
+        <v>455</v>
       </c>
       <c r="H126" t="s">
-        <v>465</v>
+        <v>456</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>466</v>
+        <v>457</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>467</v>
+        <v>216</v>
       </c>
       <c r="D127" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E127" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F127" t="s">
-        <v>236</v>
+        <v>94</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>468</v>
+        <v>458</v>
       </c>
       <c r="H127" t="s">
-        <v>469</v>
+        <v>459</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>470</v>
+        <v>460</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>471</v>
+        <v>220</v>
       </c>
       <c r="D128" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E128" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F128" t="s">
-        <v>221</v>
+        <v>314</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>140</v>
+        <v>461</v>
       </c>
       <c r="H128" t="s">
-        <v>472</v>
+        <v>462</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>473</v>
+        <v>463</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>474</v>
+        <v>224</v>
       </c>
       <c r="D129" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E129" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F129" t="s">
-        <v>287</v>
+        <v>314</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>475</v>
+        <v>464</v>
       </c>
       <c r="H129" t="s">
-        <v>476</v>
+        <v>465</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>477</v>
+        <v>466</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>478</v>
+        <v>228</v>
       </c>
       <c r="D130" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E130" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F130" t="s">
-        <v>232</v>
+        <v>94</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>479</v>
+        <v>467</v>
       </c>
       <c r="H130" t="s">
-        <v>480</v>
+        <v>468</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>481</v>
+        <v>469</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>482</v>
+        <v>232</v>
       </c>
       <c r="D131" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E131" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F131" t="s">
-        <v>232</v>
+        <v>310</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>483</v>
+        <v>470</v>
       </c>
       <c r="H131" t="s">
-        <v>484</v>
+        <v>471</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>485</v>
+        <v>472</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>486</v>
+        <v>235</v>
       </c>
       <c r="D132" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E132" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F132" t="s">
-        <v>123</v>
+        <v>299</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>487</v>
+        <v>473</v>
       </c>
       <c r="H132" t="s">
-        <v>488</v>
+        <v>474</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>489</v>
+        <v>475</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>490</v>
+        <v>239</v>
       </c>
       <c r="D133" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E133" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F133" t="s">
-        <v>236</v>
+        <v>94</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>491</v>
+        <v>476</v>
       </c>
       <c r="H133" t="s">
-        <v>492</v>
+        <v>477</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>493</v>
+        <v>478</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>494</v>
+        <v>243</v>
       </c>
       <c r="D134" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E134" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F134" t="s">
         <v>94</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>495</v>
+        <v>479</v>
       </c>
       <c r="H134" t="s">
-        <v>496</v>
+        <v>480</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>497</v>
+        <v>481</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>498</v>
+        <v>247</v>
       </c>
       <c r="D135" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E135" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F135" t="s">
-        <v>123</v>
+        <v>352</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>499</v>
+        <v>482</v>
       </c>
       <c r="H135" t="s">
-        <v>500</v>
+        <v>483</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>501</v>
+        <v>484</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>502</v>
+        <v>251</v>
       </c>
       <c r="D136" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E136" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F136" t="s">
-        <v>123</v>
+        <v>306</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>503</v>
+        <v>485</v>
       </c>
       <c r="H136" t="s">
-        <v>504</v>
+        <v>486</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>505</v>
+        <v>487</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>506</v>
+        <v>255</v>
       </c>
       <c r="D137" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E137" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F137" t="s">
-        <v>274</v>
+        <v>299</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>507</v>
+        <v>488</v>
       </c>
       <c r="H137" t="s">
-        <v>508</v>
+        <v>489</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>509</v>
+        <v>490</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>510</v>
+        <v>259</v>
       </c>
       <c r="D138" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E138" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F138" t="s">
-        <v>274</v>
+        <v>299</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>511</v>
+        <v>491</v>
       </c>
       <c r="H138" t="s">
-        <v>512</v>
+        <v>492</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>513</v>
+        <v>493</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>514</v>
+        <v>494</v>
       </c>
       <c r="D139" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E139" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F139" t="s">
-        <v>255</v>
+        <v>310</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>515</v>
+        <v>495</v>
       </c>
       <c r="H139" t="s">
-        <v>516</v>
+        <v>496</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>517</v>
+        <v>497</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>518</v>
+        <v>498</v>
       </c>
       <c r="D140" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E140" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F140" t="s">
-        <v>255</v>
+        <v>94</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>519</v>
+        <v>499</v>
       </c>
       <c r="H140" t="s">
-        <v>520</v>
+        <v>500</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>521</v>
+        <v>501</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>522</v>
+        <v>502</v>
       </c>
       <c r="D141" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E141" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F141" t="s">
-        <v>236</v>
+        <v>314</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>523</v>
+        <v>503</v>
       </c>
       <c r="H141" t="s">
-        <v>524</v>
+        <v>504</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>525</v>
+        <v>505</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>526</v>
+        <v>506</v>
       </c>
       <c r="D142" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E142" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F142" t="s">
-        <v>123</v>
+        <v>314</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>527</v>
+        <v>507</v>
       </c>
       <c r="H142" t="s">
-        <v>528</v>
+        <v>508</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>529</v>
+        <v>509</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>530</v>
+        <v>510</v>
       </c>
       <c r="D143" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E143" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F143" t="s">
-        <v>94</v>
+        <v>123</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>531</v>
+        <v>511</v>
       </c>
       <c r="H143" t="s">
-        <v>532</v>
+        <v>512</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>533</v>
+        <v>513</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>534</v>
+        <v>514</v>
       </c>
       <c r="D144" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E144" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F144" t="s">
         <v>94</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>535</v>
+        <v>515</v>
       </c>
       <c r="H144" t="s">
-        <v>536</v>
+        <v>516</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>537</v>
+        <v>517</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>538</v>
+        <v>518</v>
       </c>
       <c r="D145" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E145" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F145" t="s">
-        <v>236</v>
+        <v>94</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>539</v>
+        <v>519</v>
       </c>
       <c r="H145" t="s">
-        <v>540</v>
+        <v>520</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>541</v>
+        <v>521</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>542</v>
+        <v>522</v>
       </c>
       <c r="D146" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E146" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F146" t="s">
-        <v>236</v>
+        <v>333</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>543</v>
+        <v>523</v>
       </c>
       <c r="H146" t="s">
-        <v>544</v>
+        <v>524</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>545</v>
+        <v>525</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>546</v>
+        <v>526</v>
       </c>
       <c r="D147" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E147" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F147" t="s">
-        <v>228</v>
+        <v>314</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>547</v>
+        <v>527</v>
       </c>
       <c r="H147" t="s">
-        <v>548</v>
+        <v>528</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>549</v>
+        <v>529</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>550</v>
+        <v>530</v>
       </c>
       <c r="D148" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E148" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F148" t="s">
-        <v>123</v>
+        <v>299</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>551</v>
+        <v>140</v>
       </c>
       <c r="H148" t="s">
-        <v>552</v>
+        <v>531</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>553</v>
+        <v>532</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>554</v>
+        <v>533</v>
       </c>
       <c r="D149" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E149" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F149" t="s">
-        <v>236</v>
+        <v>365</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>140</v>
+        <v>534</v>
       </c>
       <c r="H149" t="s">
-        <v>555</v>
+        <v>535</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>556</v>
+        <v>536</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>557</v>
+        <v>537</v>
       </c>
       <c r="D150" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E150" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F150" t="s">
-        <v>236</v>
+        <v>310</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>558</v>
+        <v>538</v>
       </c>
       <c r="H150" t="s">
-        <v>559</v>
+        <v>539</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>560</v>
+        <v>540</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>561</v>
+        <v>541</v>
       </c>
       <c r="D151" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E151" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F151" t="s">
-        <v>232</v>
+        <v>310</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>562</v>
+        <v>542</v>
       </c>
       <c r="H151" t="s">
-        <v>563</v>
+        <v>543</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>564</v>
+        <v>544</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>565</v>
+        <v>545</v>
       </c>
       <c r="D152" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E152" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F152" t="s">
-        <v>221</v>
+        <v>123</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>566</v>
+        <v>546</v>
       </c>
       <c r="H152" t="s">
-        <v>567</v>
+        <v>547</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>568</v>
+        <v>548</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>569</v>
+        <v>549</v>
       </c>
       <c r="D153" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E153" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F153" t="s">
-        <v>94</v>
+        <v>314</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>570</v>
+        <v>550</v>
       </c>
       <c r="H153" t="s">
-        <v>571</v>
+        <v>551</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>572</v>
+        <v>552</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>573</v>
+        <v>553</v>
       </c>
       <c r="D154" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E154" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F154" t="s">
-        <v>232</v>
+        <v>94</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>574</v>
+        <v>554</v>
       </c>
       <c r="H154" t="s">
-        <v>575</v>
+        <v>555</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>576</v>
+        <v>556</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>577</v>
+        <v>557</v>
       </c>
       <c r="D155" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E155" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F155" t="s">
-        <v>236</v>
+        <v>123</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>578</v>
+        <v>558</v>
       </c>
       <c r="H155" t="s">
-        <v>579</v>
+        <v>559</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>580</v>
+        <v>560</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>581</v>
+        <v>561</v>
       </c>
       <c r="D156" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E156" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F156" t="s">
-        <v>232</v>
+        <v>123</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>582</v>
+        <v>562</v>
       </c>
       <c r="H156" t="s">
-        <v>583</v>
+        <v>563</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>584</v>
+        <v>564</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>585</v>
+        <v>565</v>
       </c>
       <c r="D157" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E157" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F157" t="s">
-        <v>123</v>
+        <v>352</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>586</v>
+        <v>566</v>
       </c>
       <c r="H157" t="s">
-        <v>587</v>
+        <v>567</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>588</v>
+        <v>568</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>589</v>
+        <v>569</v>
       </c>
       <c r="D158" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E158" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F158" t="s">
-        <v>123</v>
+        <v>352</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>590</v>
+        <v>570</v>
       </c>
       <c r="H158" t="s">
-        <v>591</v>
+        <v>571</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>592</v>
+        <v>572</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>593</v>
+        <v>573</v>
       </c>
       <c r="D159" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E159" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F159" t="s">
-        <v>232</v>
+        <v>333</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>594</v>
+        <v>574</v>
       </c>
       <c r="H159" t="s">
-        <v>595</v>
+        <v>575</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>596</v>
+        <v>576</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>597</v>
+        <v>577</v>
       </c>
       <c r="D160" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E160" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F160" t="s">
-        <v>94</v>
+        <v>333</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>598</v>
+        <v>578</v>
       </c>
       <c r="H160" t="s">
-        <v>599</v>
+        <v>579</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>600</v>
+        <v>580</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>601</v>
+        <v>581</v>
       </c>
       <c r="D161" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E161" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F161" t="s">
-        <v>94</v>
+        <v>314</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>602</v>
+        <v>582</v>
       </c>
       <c r="H161" t="s">
-        <v>603</v>
+        <v>583</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>604</v>
+        <v>584</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>605</v>
+        <v>585</v>
       </c>
       <c r="D162" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E162" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F162" t="s">
-        <v>221</v>
+        <v>123</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>606</v>
+        <v>586</v>
       </c>
       <c r="H162" t="s">
-        <v>607</v>
+        <v>587</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>608</v>
+        <v>588</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>609</v>
+        <v>589</v>
       </c>
       <c r="D163" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E163" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F163" t="s">
-        <v>221</v>
+        <v>94</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>610</v>
+        <v>590</v>
       </c>
       <c r="H163" t="s">
-        <v>611</v>
+        <v>591</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>612</v>
+        <v>592</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>613</v>
+        <v>593</v>
       </c>
       <c r="D164" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E164" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F164" t="s">
-        <v>236</v>
+        <v>94</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>614</v>
+        <v>594</v>
       </c>
       <c r="H164" t="s">
-        <v>615</v>
+        <v>595</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>616</v>
+        <v>596</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>617</v>
+        <v>597</v>
       </c>
       <c r="D165" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E165" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F165" t="s">
-        <v>236</v>
+        <v>314</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>618</v>
+        <v>598</v>
       </c>
       <c r="H165" t="s">
-        <v>619</v>
+        <v>599</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>620</v>
+        <v>600</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>621</v>
+        <v>601</v>
       </c>
       <c r="D166" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E166" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F166" t="s">
-        <v>274</v>
+        <v>314</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>622</v>
+        <v>602</v>
       </c>
       <c r="H166" t="s">
-        <v>623</v>
+        <v>603</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>624</v>
+        <v>604</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>625</v>
+        <v>605</v>
       </c>
       <c r="D167" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E167" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F167" t="s">
-        <v>274</v>
+        <v>306</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>626</v>
+        <v>606</v>
       </c>
       <c r="H167" t="s">
-        <v>627</v>
+        <v>607</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>628</v>
+        <v>608</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>629</v>
+        <v>609</v>
       </c>
       <c r="D168" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E168" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F168" t="s">
         <v>123</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>630</v>
+        <v>610</v>
       </c>
       <c r="H168" t="s">
-        <v>631</v>
+        <v>611</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>632</v>
+        <v>612</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>633</v>
+        <v>613</v>
       </c>
       <c r="D169" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E169" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F169" t="s">
-        <v>94</v>
+        <v>314</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>634</v>
+        <v>140</v>
       </c>
       <c r="H169" t="s">
-        <v>635</v>
+        <v>614</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>636</v>
+        <v>615</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>637</v>
+        <v>616</v>
       </c>
       <c r="D170" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E170" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F170" t="s">
-        <v>94</v>
+        <v>314</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>638</v>
+        <v>617</v>
       </c>
       <c r="H170" t="s">
-        <v>639</v>
+        <v>618</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>640</v>
+        <v>619</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>641</v>
+        <v>620</v>
       </c>
       <c r="D171" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E171" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F171" t="s">
-        <v>123</v>
+        <v>310</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>642</v>
+        <v>621</v>
       </c>
       <c r="H171" t="s">
-        <v>643</v>
+        <v>622</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>644</v>
+        <v>623</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>645</v>
+        <v>624</v>
       </c>
       <c r="D172" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E172" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F172" t="s">
-        <v>236</v>
+        <v>299</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>646</v>
+        <v>625</v>
       </c>
       <c r="H172" t="s">
-        <v>647</v>
+        <v>626</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>648</v>
+        <v>627</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>649</v>
+        <v>628</v>
       </c>
       <c r="D173" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E173" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F173" t="s">
-        <v>232</v>
+        <v>94</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>650</v>
+        <v>629</v>
       </c>
       <c r="H173" t="s">
-        <v>651</v>
+        <v>630</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>652</v>
+        <v>631</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>653</v>
+        <v>632</v>
       </c>
       <c r="D174" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E174" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F174" t="s">
-        <v>255</v>
+        <v>310</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>654</v>
+        <v>633</v>
       </c>
       <c r="H174" t="s">
-        <v>655</v>
+        <v>634</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>656</v>
+        <v>635</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>657</v>
+        <v>636</v>
       </c>
       <c r="D175" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E175" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F175" t="s">
-        <v>94</v>
+        <v>314</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>658</v>
+        <v>637</v>
       </c>
       <c r="H175" t="s">
-        <v>659</v>
+        <v>638</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>660</v>
+        <v>639</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>661</v>
+        <v>640</v>
       </c>
       <c r="D176" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E176" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F176" t="s">
-        <v>94</v>
+        <v>310</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>662</v>
+        <v>641</v>
       </c>
       <c r="H176" t="s">
-        <v>663</v>
+        <v>642</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>664</v>
+        <v>643</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>665</v>
+        <v>644</v>
       </c>
       <c r="D177" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E177" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F177" t="s">
-        <v>274</v>
+        <v>123</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>666</v>
+        <v>645</v>
       </c>
       <c r="H177" t="s">
-        <v>667</v>
+        <v>646</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>668</v>
+        <v>647</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>669</v>
+        <v>648</v>
       </c>
       <c r="D178" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E178" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F178" t="s">
-        <v>274</v>
+        <v>123</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>670</v>
+        <v>649</v>
       </c>
       <c r="H178" t="s">
-        <v>671</v>
+        <v>650</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>672</v>
+        <v>651</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>673</v>
+        <v>652</v>
       </c>
       <c r="D179" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E179" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F179" t="s">
-        <v>255</v>
+        <v>310</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>674</v>
+        <v>653</v>
       </c>
       <c r="H179" t="s">
-        <v>675</v>
+        <v>654</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>676</v>
+        <v>655</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>677</v>
+        <v>656</v>
       </c>
       <c r="D180" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E180" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F180" t="s">
-        <v>255</v>
+        <v>94</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>678</v>
+        <v>657</v>
       </c>
       <c r="H180" t="s">
-        <v>679</v>
+        <v>658</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>680</v>
+        <v>659</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>681</v>
+        <v>660</v>
       </c>
       <c r="D181" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E181" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F181" t="s">
-        <v>232</v>
+        <v>94</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>682</v>
+        <v>661</v>
       </c>
       <c r="H181" t="s">
-        <v>683</v>
+        <v>662</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>684</v>
+        <v>663</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>685</v>
+        <v>664</v>
       </c>
       <c r="D182" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E182" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F182" t="s">
-        <v>94</v>
+        <v>299</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>686</v>
+        <v>665</v>
       </c>
       <c r="H182" t="s">
-        <v>687</v>
+        <v>666</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>688</v>
+        <v>667</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>689</v>
+        <v>668</v>
       </c>
       <c r="D183" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E183" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F183" t="s">
-        <v>236</v>
+        <v>299</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>690</v>
+        <v>669</v>
       </c>
       <c r="H183" t="s">
-        <v>691</v>
+        <v>670</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>692</v>
+        <v>671</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>693</v>
+        <v>672</v>
       </c>
       <c r="D184" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E184" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F184" t="s">
-        <v>123</v>
+        <v>314</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>694</v>
+        <v>673</v>
       </c>
       <c r="H184" t="s">
-        <v>695</v>
+        <v>674</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>696</v>
+        <v>675</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>697</v>
+        <v>676</v>
       </c>
       <c r="D185" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E185" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F185" t="s">
-        <v>123</v>
+        <v>314</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>698</v>
+        <v>677</v>
       </c>
       <c r="H185" t="s">
-        <v>699</v>
+        <v>678</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>700</v>
+        <v>679</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>701</v>
+        <v>680</v>
       </c>
       <c r="D186" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E186" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F186" t="s">
-        <v>236</v>
+        <v>352</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>702</v>
+        <v>681</v>
       </c>
       <c r="H186" t="s">
-        <v>703</v>
+        <v>682</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>704</v>
+        <v>683</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>705</v>
+        <v>684</v>
       </c>
       <c r="D187" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E187" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F187" t="s">
-        <v>236</v>
+        <v>352</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>706</v>
+        <v>685</v>
       </c>
       <c r="H187" t="s">
-        <v>707</v>
+        <v>686</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>708</v>
+        <v>687</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>709</v>
+        <v>688</v>
       </c>
       <c r="D188" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E188" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F188" t="s">
-        <v>94</v>
+        <v>123</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>140</v>
+        <v>689</v>
       </c>
       <c r="H188" t="s">
-        <v>710</v>
+        <v>690</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>711</v>
+        <v>691</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>712</v>
+        <v>692</v>
       </c>
       <c r="D189" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E189" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F189" t="s">
-        <v>236</v>
+        <v>94</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>713</v>
+        <v>693</v>
       </c>
       <c r="H189" t="s">
-        <v>714</v>
+        <v>694</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>715</v>
+        <v>695</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>716</v>
+        <v>696</v>
       </c>
       <c r="D190" t="s">
-        <v>219</v>
+        <v>297</v>
       </c>
       <c r="E190" t="s">
-        <v>220</v>
+        <v>298</v>
       </c>
       <c r="F190" t="s">
-        <v>236</v>
+        <v>94</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>717</v>
+        <v>697</v>
       </c>
       <c r="H190" t="s">
-        <v>718</v>
+        <v>698</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>719</v>
+        <v>699</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>188</v>
+        <v>700</v>
       </c>
       <c r="D191" t="s">
-        <v>720</v>
+        <v>297</v>
       </c>
       <c r="E191" t="s">
-        <v>721</v>
+        <v>298</v>
       </c>
       <c r="F191" t="s">
-        <v>722</v>
+        <v>123</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>723</v>
+        <v>701</v>
       </c>
       <c r="H191" t="s">
-        <v>724</v>
+        <v>702</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>725</v>
+        <v>703</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>10</v>
+        <v>704</v>
       </c>
       <c r="D192" t="s">
-        <v>720</v>
+        <v>297</v>
       </c>
       <c r="E192" t="s">
-        <v>721</v>
+        <v>298</v>
       </c>
       <c r="F192" t="s">
-        <v>123</v>
+        <v>314</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>726</v>
+        <v>705</v>
       </c>
       <c r="H192" t="s">
-        <v>727</v>
+        <v>706</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>728</v>
+        <v>707</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>17</v>
+        <v>708</v>
       </c>
       <c r="D193" t="s">
-        <v>720</v>
+        <v>297</v>
       </c>
       <c r="E193" t="s">
-        <v>721</v>
+        <v>298</v>
       </c>
       <c r="F193" t="s">
-        <v>58</v>
+        <v>310</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>729</v>
+        <v>709</v>
       </c>
       <c r="H193" t="s">
-        <v>730</v>
+        <v>710</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>731</v>
+        <v>711</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>21</v>
+        <v>712</v>
       </c>
       <c r="D194" t="s">
-        <v>720</v>
+        <v>297</v>
       </c>
       <c r="E194" t="s">
-        <v>721</v>
+        <v>298</v>
       </c>
       <c r="F194" t="s">
-        <v>94</v>
+        <v>333</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>732</v>
+        <v>713</v>
       </c>
       <c r="H194" t="s">
-        <v>733</v>
+        <v>714</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>734</v>
+        <v>715</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>25</v>
+        <v>716</v>
       </c>
       <c r="D195" t="s">
-        <v>720</v>
+        <v>297</v>
       </c>
       <c r="E195" t="s">
-        <v>721</v>
+        <v>298</v>
       </c>
       <c r="F195" t="s">
         <v>94</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>735</v>
+        <v>717</v>
       </c>
       <c r="H195" t="s">
-        <v>736</v>
+        <v>718</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>737</v>
+        <v>719</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>30</v>
+        <v>720</v>
       </c>
       <c r="D196" t="s">
-        <v>720</v>
+        <v>297</v>
       </c>
       <c r="E196" t="s">
-        <v>721</v>
+        <v>298</v>
       </c>
       <c r="F196" t="s">
         <v>94</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>738</v>
+        <v>721</v>
       </c>
       <c r="H196" t="s">
-        <v>739</v>
+        <v>722</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>740</v>
+        <v>723</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>34</v>
+        <v>724</v>
       </c>
       <c r="D197" t="s">
-        <v>720</v>
+        <v>297</v>
       </c>
       <c r="E197" t="s">
-        <v>721</v>
+        <v>298</v>
       </c>
       <c r="F197" t="s">
-        <v>741</v>
+        <v>352</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>742</v>
+        <v>725</v>
       </c>
       <c r="H197" t="s">
-        <v>743</v>
+        <v>726</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>744</v>
+        <v>727</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>38</v>
+        <v>728</v>
       </c>
       <c r="D198" t="s">
-        <v>720</v>
+        <v>297</v>
       </c>
       <c r="E198" t="s">
-        <v>721</v>
+        <v>298</v>
       </c>
       <c r="F198" t="s">
-        <v>123</v>
+        <v>352</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>745</v>
+        <v>729</v>
       </c>
       <c r="H198" t="s">
-        <v>746</v>
+        <v>730</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>747</v>
+        <v>731</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>42</v>
+        <v>732</v>
       </c>
       <c r="D199" t="s">
-        <v>720</v>
+        <v>297</v>
       </c>
       <c r="E199" t="s">
-        <v>721</v>
+        <v>298</v>
       </c>
       <c r="F199" t="s">
-        <v>228</v>
+        <v>333</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>748</v>
+        <v>733</v>
       </c>
       <c r="H199" t="s">
-        <v>749</v>
+        <v>734</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>750</v>
+        <v>735</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>46</v>
+        <v>736</v>
       </c>
       <c r="D200" t="s">
-        <v>720</v>
+        <v>297</v>
       </c>
       <c r="E200" t="s">
-        <v>721</v>
+        <v>298</v>
       </c>
       <c r="F200" t="s">
-        <v>94</v>
+        <v>333</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>140</v>
+        <v>737</v>
       </c>
       <c r="H200" t="s">
-        <v>751</v>
+        <v>738</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>752</v>
+        <v>739</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>54</v>
+        <v>740</v>
       </c>
       <c r="D201" t="s">
-        <v>720</v>
+        <v>297</v>
       </c>
       <c r="E201" t="s">
-        <v>721</v>
+        <v>298</v>
       </c>
       <c r="F201" t="s">
-        <v>123</v>
+        <v>310</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>140</v>
+        <v>741</v>
       </c>
       <c r="H201" t="s">
-        <v>753</v>
+        <v>742</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>754</v>
+        <v>743</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>57</v>
+        <v>744</v>
       </c>
       <c r="D202" t="s">
-        <v>720</v>
+        <v>297</v>
       </c>
       <c r="E202" t="s">
-        <v>721</v>
+        <v>298</v>
       </c>
       <c r="F202" t="s">
-        <v>123</v>
+        <v>94</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>755</v>
+        <v>745</v>
       </c>
       <c r="H202" t="s">
-        <v>756</v>
+        <v>746</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>757</v>
+        <v>747</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>62</v>
+        <v>748</v>
       </c>
       <c r="D203" t="s">
-        <v>720</v>
+        <v>297</v>
       </c>
       <c r="E203" t="s">
-        <v>721</v>
+        <v>298</v>
       </c>
       <c r="F203" t="s">
-        <v>94</v>
+        <v>314</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>758</v>
+        <v>749</v>
       </c>
       <c r="H203" t="s">
-        <v>759</v>
+        <v>750</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>760</v>
+        <v>751</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>66</v>
+        <v>752</v>
       </c>
       <c r="D204" t="s">
-        <v>720</v>
+        <v>297</v>
       </c>
       <c r="E204" t="s">
-        <v>721</v>
+        <v>298</v>
       </c>
       <c r="F204" t="s">
-        <v>761</v>
+        <v>123</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>762</v>
+        <v>753</v>
       </c>
       <c r="H204" t="s">
-        <v>763</v>
+        <v>754</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>764</v>
+        <v>755</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>70</v>
+        <v>756</v>
       </c>
       <c r="D205" t="s">
-        <v>720</v>
+        <v>297</v>
       </c>
       <c r="E205" t="s">
-        <v>721</v>
+        <v>298</v>
       </c>
       <c r="F205" t="s">
-        <v>94</v>
+        <v>123</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>765</v>
+        <v>757</v>
       </c>
       <c r="H205" t="s">
-        <v>766</v>
+        <v>758</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>767</v>
+        <v>759</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>74</v>
+        <v>760</v>
       </c>
       <c r="D206" t="s">
-        <v>720</v>
+        <v>297</v>
       </c>
       <c r="E206" t="s">
-        <v>721</v>
+        <v>298</v>
       </c>
       <c r="F206" t="s">
-        <v>236</v>
+        <v>314</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>768</v>
+        <v>761</v>
       </c>
       <c r="H206" t="s">
-        <v>769</v>
+        <v>762</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>770</v>
+        <v>763</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>78</v>
+        <v>764</v>
       </c>
       <c r="D207" t="s">
-        <v>720</v>
+        <v>297</v>
       </c>
       <c r="E207" t="s">
-        <v>721</v>
+        <v>298</v>
       </c>
       <c r="F207" t="s">
-        <v>236</v>
+        <v>314</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>771</v>
+        <v>765</v>
       </c>
       <c r="H207" t="s">
-        <v>772</v>
+        <v>766</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>773</v>
+        <v>767</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>82</v>
+        <v>768</v>
       </c>
       <c r="D208" t="s">
-        <v>720</v>
+        <v>297</v>
       </c>
       <c r="E208" t="s">
-        <v>721</v>
+        <v>298</v>
       </c>
       <c r="F208" t="s">
         <v>94</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>774</v>
+        <v>140</v>
       </c>
       <c r="H208" t="s">
-        <v>775</v>
+        <v>769</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>776</v>
+        <v>770</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>86</v>
+        <v>771</v>
       </c>
       <c r="D209" t="s">
-        <v>720</v>
+        <v>297</v>
       </c>
       <c r="E209" t="s">
-        <v>721</v>
+        <v>298</v>
       </c>
       <c r="F209" t="s">
-        <v>172</v>
+        <v>314</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>777</v>
+        <v>772</v>
       </c>
       <c r="H209" t="s">
-        <v>778</v>
+        <v>773</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>779</v>
+        <v>774</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>90</v>
+        <v>775</v>
       </c>
       <c r="D210" t="s">
-        <v>720</v>
+        <v>297</v>
       </c>
       <c r="E210" t="s">
-        <v>721</v>
+        <v>298</v>
       </c>
       <c r="F210" t="s">
-        <v>255</v>
+        <v>314</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>140</v>
+        <v>776</v>
       </c>
       <c r="H210" t="s">
-        <v>780</v>
+        <v>777</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
+        <v>778</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
+        <v>779</v>
+      </c>
+      <c r="D211" t="s">
+        <v>297</v>
+      </c>
+      <c r="E211" t="s">
+        <v>298</v>
+      </c>
+      <c r="F211" t="s">
+        <v>299</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="H211" t="s">
         <v>781</v>
-      </c>
-[...19 lines deleted...]
-        <v>782</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
+        <v>782</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
         <v>783</v>
       </c>
-      <c r="B212" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D212" t="s">
-        <v>720</v>
+        <v>297</v>
       </c>
       <c r="E212" t="s">
-        <v>721</v>
+        <v>298</v>
       </c>
       <c r="F212" t="s">
-        <v>172</v>
+        <v>314</v>
       </c>
       <c r="G212" s="1" t="s">
         <v>784</v>
       </c>
       <c r="H212" t="s">
         <v>785</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>786</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>102</v>
+        <v>787</v>
       </c>
       <c r="D213" t="s">
-        <v>720</v>
+        <v>297</v>
       </c>
       <c r="E213" t="s">
-        <v>721</v>
+        <v>298</v>
       </c>
       <c r="F213" t="s">
-        <v>172</v>
+        <v>333</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="H213" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>188</v>
+        <v>791</v>
       </c>
       <c r="D214" t="s">
-        <v>790</v>
+        <v>297</v>
       </c>
       <c r="E214" t="s">
-        <v>791</v>
+        <v>298</v>
       </c>
       <c r="F214" t="s">
-        <v>206</v>
+        <v>306</v>
       </c>
       <c r="G214" s="1" t="s">
         <v>792</v>
       </c>
       <c r="H214" t="s">
         <v>793</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>794</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>10</v>
+        <v>795</v>
       </c>
       <c r="D215" t="s">
-        <v>790</v>
+        <v>297</v>
       </c>
       <c r="E215" t="s">
-        <v>791</v>
+        <v>298</v>
       </c>
       <c r="F215" t="s">
-        <v>206</v>
+        <v>123</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>140</v>
+        <v>796</v>
       </c>
       <c r="H215" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>17</v>
+        <v>799</v>
       </c>
       <c r="D216" t="s">
-        <v>790</v>
+        <v>297</v>
       </c>
       <c r="E216" t="s">
-        <v>791</v>
+        <v>298</v>
       </c>
       <c r="F216" t="s">
-        <v>206</v>
+        <v>123</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>797</v>
+        <v>800</v>
       </c>
       <c r="H216" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>799</v>
+        <v>802</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>21</v>
+        <v>803</v>
       </c>
       <c r="D217" t="s">
-        <v>790</v>
+        <v>297</v>
       </c>
       <c r="E217" t="s">
-        <v>791</v>
+        <v>298</v>
       </c>
       <c r="F217" t="s">
-        <v>800</v>
+        <v>94</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>801</v>
+        <v>804</v>
       </c>
       <c r="H217" t="s">
-        <v>802</v>
+        <v>805</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>803</v>
+        <v>806</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>188</v>
+        <v>807</v>
       </c>
       <c r="D218" t="s">
-        <v>804</v>
+        <v>297</v>
       </c>
       <c r="E218" t="s">
-        <v>805</v>
+        <v>298</v>
       </c>
       <c r="F218" t="s">
+        <v>123</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="H218" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8">
+      <c r="A219" t="s">
+        <v>810</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>811</v>
+      </c>
+      <c r="D219" t="s">
+        <v>297</v>
+      </c>
+      <c r="E219" t="s">
+        <v>298</v>
+      </c>
+      <c r="F219" t="s">
+        <v>123</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>812</v>
+      </c>
+      <c r="H219" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8">
+      <c r="A220" t="s">
+        <v>814</v>
+      </c>
+      <c r="B220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C220" t="s">
+        <v>815</v>
+      </c>
+      <c r="D220" t="s">
+        <v>297</v>
+      </c>
+      <c r="E220" t="s">
+        <v>298</v>
+      </c>
+      <c r="F220" t="s">
+        <v>333</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="H220" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8">
+      <c r="A221" t="s">
+        <v>818</v>
+      </c>
+      <c r="B221" t="s">
+        <v>9</v>
+      </c>
+      <c r="C221" t="s">
+        <v>819</v>
+      </c>
+      <c r="D221" t="s">
+        <v>297</v>
+      </c>
+      <c r="E221" t="s">
+        <v>298</v>
+      </c>
+      <c r="F221" t="s">
+        <v>94</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="H221" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8">
+      <c r="A222" t="s">
+        <v>822</v>
+      </c>
+      <c r="B222" t="s">
+        <v>9</v>
+      </c>
+      <c r="C222" t="s">
+        <v>823</v>
+      </c>
+      <c r="D222" t="s">
+        <v>297</v>
+      </c>
+      <c r="E222" t="s">
+        <v>298</v>
+      </c>
+      <c r="F222" t="s">
+        <v>333</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>824</v>
+      </c>
+      <c r="H222" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="223" spans="1:8">
+      <c r="A223" t="s">
+        <v>826</v>
+      </c>
+      <c r="B223" t="s">
+        <v>9</v>
+      </c>
+      <c r="C223" t="s">
+        <v>827</v>
+      </c>
+      <c r="D223" t="s">
+        <v>297</v>
+      </c>
+      <c r="E223" t="s">
+        <v>298</v>
+      </c>
+      <c r="F223" t="s">
+        <v>365</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>828</v>
+      </c>
+      <c r="H223" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="224" spans="1:8">
+      <c r="A224" t="s">
+        <v>830</v>
+      </c>
+      <c r="B224" t="s">
+        <v>9</v>
+      </c>
+      <c r="C224" t="s">
+        <v>831</v>
+      </c>
+      <c r="D224" t="s">
+        <v>297</v>
+      </c>
+      <c r="E224" t="s">
+        <v>298</v>
+      </c>
+      <c r="F224" t="s">
+        <v>94</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>832</v>
+      </c>
+      <c r="H224" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8">
+      <c r="A225" t="s">
+        <v>834</v>
+      </c>
+      <c r="B225" t="s">
+        <v>9</v>
+      </c>
+      <c r="C225" t="s">
+        <v>835</v>
+      </c>
+      <c r="D225" t="s">
+        <v>297</v>
+      </c>
+      <c r="E225" t="s">
+        <v>298</v>
+      </c>
+      <c r="F225" t="s">
+        <v>123</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="H225" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="226" spans="1:8">
+      <c r="A226" t="s">
+        <v>838</v>
+      </c>
+      <c r="B226" t="s">
+        <v>9</v>
+      </c>
+      <c r="C226" t="s">
+        <v>839</v>
+      </c>
+      <c r="D226" t="s">
+        <v>297</v>
+      </c>
+      <c r="E226" t="s">
+        <v>298</v>
+      </c>
+      <c r="F226" t="s">
+        <v>123</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="H226" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="227" spans="1:8">
+      <c r="A227" t="s">
+        <v>842</v>
+      </c>
+      <c r="B227" t="s">
+        <v>9</v>
+      </c>
+      <c r="C227" t="s">
+        <v>843</v>
+      </c>
+      <c r="D227" t="s">
+        <v>297</v>
+      </c>
+      <c r="E227" t="s">
+        <v>298</v>
+      </c>
+      <c r="F227" t="s">
+        <v>94</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>844</v>
+      </c>
+      <c r="H227" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="228" spans="1:8">
+      <c r="A228" t="s">
+        <v>846</v>
+      </c>
+      <c r="B228" t="s">
+        <v>9</v>
+      </c>
+      <c r="C228" t="s">
+        <v>847</v>
+      </c>
+      <c r="D228" t="s">
+        <v>297</v>
+      </c>
+      <c r="E228" t="s">
+        <v>298</v>
+      </c>
+      <c r="F228" t="s">
+        <v>333</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="H228" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="229" spans="1:8">
+      <c r="A229" t="s">
+        <v>850</v>
+      </c>
+      <c r="B229" t="s">
+        <v>9</v>
+      </c>
+      <c r="C229" t="s">
+        <v>851</v>
+      </c>
+      <c r="D229" t="s">
+        <v>297</v>
+      </c>
+      <c r="E229" t="s">
+        <v>298</v>
+      </c>
+      <c r="F229" t="s">
+        <v>299</v>
+      </c>
+      <c r="G229" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="H229" t="s">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="230" spans="1:8">
+      <c r="A230" t="s">
+        <v>854</v>
+      </c>
+      <c r="B230" t="s">
+        <v>9</v>
+      </c>
+      <c r="C230" t="s">
+        <v>855</v>
+      </c>
+      <c r="D230" t="s">
+        <v>297</v>
+      </c>
+      <c r="E230" t="s">
+        <v>298</v>
+      </c>
+      <c r="F230" t="s">
+        <v>123</v>
+      </c>
+      <c r="G230" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="H230" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="231" spans="1:8">
+      <c r="A231" t="s">
+        <v>857</v>
+      </c>
+      <c r="B231" t="s">
+        <v>9</v>
+      </c>
+      <c r="C231" t="s">
+        <v>858</v>
+      </c>
+      <c r="D231" t="s">
+        <v>297</v>
+      </c>
+      <c r="E231" t="s">
+        <v>298</v>
+      </c>
+      <c r="F231" t="s">
+        <v>333</v>
+      </c>
+      <c r="G231" s="1" t="s">
+        <v>859</v>
+      </c>
+      <c r="H231" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="232" spans="1:8">
+      <c r="A232" t="s">
+        <v>861</v>
+      </c>
+      <c r="B232" t="s">
+        <v>9</v>
+      </c>
+      <c r="C232" t="s">
+        <v>263</v>
+      </c>
+      <c r="D232" t="s">
+        <v>862</v>
+      </c>
+      <c r="E232" t="s">
+        <v>863</v>
+      </c>
+      <c r="F232" t="s">
+        <v>864</v>
+      </c>
+      <c r="G232" s="1" t="s">
+        <v>865</v>
+      </c>
+      <c r="H232" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="233" spans="1:8">
+      <c r="A233" t="s">
+        <v>867</v>
+      </c>
+      <c r="B233" t="s">
+        <v>9</v>
+      </c>
+      <c r="C233" t="s">
+        <v>10</v>
+      </c>
+      <c r="D233" t="s">
+        <v>862</v>
+      </c>
+      <c r="E233" t="s">
+        <v>863</v>
+      </c>
+      <c r="F233" t="s">
+        <v>123</v>
+      </c>
+      <c r="G233" s="1" t="s">
+        <v>868</v>
+      </c>
+      <c r="H233" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="234" spans="1:8">
+      <c r="A234" t="s">
+        <v>870</v>
+      </c>
+      <c r="B234" t="s">
+        <v>9</v>
+      </c>
+      <c r="C234" t="s">
+        <v>17</v>
+      </c>
+      <c r="D234" t="s">
+        <v>862</v>
+      </c>
+      <c r="E234" t="s">
+        <v>863</v>
+      </c>
+      <c r="F234" t="s">
+        <v>58</v>
+      </c>
+      <c r="G234" s="1" t="s">
+        <v>871</v>
+      </c>
+      <c r="H234" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="235" spans="1:8">
+      <c r="A235" t="s">
+        <v>873</v>
+      </c>
+      <c r="B235" t="s">
+        <v>9</v>
+      </c>
+      <c r="C235" t="s">
+        <v>21</v>
+      </c>
+      <c r="D235" t="s">
+        <v>862</v>
+      </c>
+      <c r="E235" t="s">
+        <v>863</v>
+      </c>
+      <c r="F235" t="s">
+        <v>94</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H235" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="236" spans="1:8">
+      <c r="A236" t="s">
+        <v>876</v>
+      </c>
+      <c r="B236" t="s">
+        <v>9</v>
+      </c>
+      <c r="C236" t="s">
+        <v>25</v>
+      </c>
+      <c r="D236" t="s">
+        <v>862</v>
+      </c>
+      <c r="E236" t="s">
+        <v>863</v>
+      </c>
+      <c r="F236" t="s">
+        <v>94</v>
+      </c>
+      <c r="G236" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="H236" t="s">
+        <v>878</v>
+      </c>
+    </row>
+    <row r="237" spans="1:8">
+      <c r="A237" t="s">
+        <v>879</v>
+      </c>
+      <c r="B237" t="s">
+        <v>9</v>
+      </c>
+      <c r="C237" t="s">
+        <v>30</v>
+      </c>
+      <c r="D237" t="s">
+        <v>862</v>
+      </c>
+      <c r="E237" t="s">
+        <v>863</v>
+      </c>
+      <c r="F237" t="s">
+        <v>94</v>
+      </c>
+      <c r="G237" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="H237" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="238" spans="1:8">
+      <c r="A238" t="s">
+        <v>882</v>
+      </c>
+      <c r="B238" t="s">
+        <v>9</v>
+      </c>
+      <c r="C238" t="s">
+        <v>34</v>
+      </c>
+      <c r="D238" t="s">
+        <v>862</v>
+      </c>
+      <c r="E238" t="s">
+        <v>863</v>
+      </c>
+      <c r="F238" t="s">
+        <v>883</v>
+      </c>
+      <c r="G238" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="H238" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="239" spans="1:8">
+      <c r="A239" t="s">
+        <v>886</v>
+      </c>
+      <c r="B239" t="s">
+        <v>9</v>
+      </c>
+      <c r="C239" t="s">
+        <v>38</v>
+      </c>
+      <c r="D239" t="s">
+        <v>862</v>
+      </c>
+      <c r="E239" t="s">
+        <v>863</v>
+      </c>
+      <c r="F239" t="s">
+        <v>123</v>
+      </c>
+      <c r="G239" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="H239" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="240" spans="1:8">
+      <c r="A240" t="s">
+        <v>889</v>
+      </c>
+      <c r="B240" t="s">
+        <v>9</v>
+      </c>
+      <c r="C240" t="s">
+        <v>42</v>
+      </c>
+      <c r="D240" t="s">
+        <v>862</v>
+      </c>
+      <c r="E240" t="s">
+        <v>863</v>
+      </c>
+      <c r="F240" t="s">
+        <v>306</v>
+      </c>
+      <c r="G240" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="H240" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="241" spans="1:8">
+      <c r="A241" t="s">
+        <v>892</v>
+      </c>
+      <c r="B241" t="s">
+        <v>9</v>
+      </c>
+      <c r="C241" t="s">
+        <v>46</v>
+      </c>
+      <c r="D241" t="s">
+        <v>862</v>
+      </c>
+      <c r="E241" t="s">
+        <v>863</v>
+      </c>
+      <c r="F241" t="s">
+        <v>94</v>
+      </c>
+      <c r="G241" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="H241" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="242" spans="1:8">
+      <c r="A242" t="s">
+        <v>894</v>
+      </c>
+      <c r="B242" t="s">
+        <v>9</v>
+      </c>
+      <c r="C242" t="s">
+        <v>54</v>
+      </c>
+      <c r="D242" t="s">
+        <v>862</v>
+      </c>
+      <c r="E242" t="s">
+        <v>863</v>
+      </c>
+      <c r="F242" t="s">
+        <v>123</v>
+      </c>
+      <c r="G242" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="H242" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="243" spans="1:8">
+      <c r="A243" t="s">
+        <v>896</v>
+      </c>
+      <c r="B243" t="s">
+        <v>9</v>
+      </c>
+      <c r="C243" t="s">
+        <v>57</v>
+      </c>
+      <c r="D243" t="s">
+        <v>862</v>
+      </c>
+      <c r="E243" t="s">
+        <v>863</v>
+      </c>
+      <c r="F243" t="s">
+        <v>123</v>
+      </c>
+      <c r="G243" s="1" t="s">
+        <v>897</v>
+      </c>
+      <c r="H243" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="244" spans="1:8">
+      <c r="A244" t="s">
+        <v>899</v>
+      </c>
+      <c r="B244" t="s">
+        <v>9</v>
+      </c>
+      <c r="C244" t="s">
+        <v>62</v>
+      </c>
+      <c r="D244" t="s">
+        <v>862</v>
+      </c>
+      <c r="E244" t="s">
+        <v>863</v>
+      </c>
+      <c r="F244" t="s">
+        <v>94</v>
+      </c>
+      <c r="G244" s="1" t="s">
+        <v>900</v>
+      </c>
+      <c r="H244" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="245" spans="1:8">
+      <c r="A245" t="s">
+        <v>902</v>
+      </c>
+      <c r="B245" t="s">
+        <v>9</v>
+      </c>
+      <c r="C245" t="s">
+        <v>66</v>
+      </c>
+      <c r="D245" t="s">
+        <v>862</v>
+      </c>
+      <c r="E245" t="s">
+        <v>863</v>
+      </c>
+      <c r="F245" t="s">
+        <v>903</v>
+      </c>
+      <c r="G245" s="1" t="s">
+        <v>904</v>
+      </c>
+      <c r="H245" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="246" spans="1:8">
+      <c r="A246" t="s">
+        <v>906</v>
+      </c>
+      <c r="B246" t="s">
+        <v>9</v>
+      </c>
+      <c r="C246" t="s">
+        <v>70</v>
+      </c>
+      <c r="D246" t="s">
+        <v>862</v>
+      </c>
+      <c r="E246" t="s">
+        <v>863</v>
+      </c>
+      <c r="F246" t="s">
+        <v>94</v>
+      </c>
+      <c r="G246" s="1" t="s">
+        <v>907</v>
+      </c>
+      <c r="H246" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="247" spans="1:8">
+      <c r="A247" t="s">
+        <v>909</v>
+      </c>
+      <c r="B247" t="s">
+        <v>9</v>
+      </c>
+      <c r="C247" t="s">
+        <v>74</v>
+      </c>
+      <c r="D247" t="s">
+        <v>862</v>
+      </c>
+      <c r="E247" t="s">
+        <v>863</v>
+      </c>
+      <c r="F247" t="s">
+        <v>314</v>
+      </c>
+      <c r="G247" s="1" t="s">
+        <v>910</v>
+      </c>
+      <c r="H247" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="248" spans="1:8">
+      <c r="A248" t="s">
+        <v>912</v>
+      </c>
+      <c r="B248" t="s">
+        <v>9</v>
+      </c>
+      <c r="C248" t="s">
+        <v>78</v>
+      </c>
+      <c r="D248" t="s">
+        <v>862</v>
+      </c>
+      <c r="E248" t="s">
+        <v>863</v>
+      </c>
+      <c r="F248" t="s">
+        <v>314</v>
+      </c>
+      <c r="G248" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="H248" t="s">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="249" spans="1:8">
+      <c r="A249" t="s">
+        <v>915</v>
+      </c>
+      <c r="B249" t="s">
+        <v>9</v>
+      </c>
+      <c r="C249" t="s">
+        <v>82</v>
+      </c>
+      <c r="D249" t="s">
+        <v>862</v>
+      </c>
+      <c r="E249" t="s">
+        <v>863</v>
+      </c>
+      <c r="F249" t="s">
+        <v>94</v>
+      </c>
+      <c r="G249" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="H249" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="250" spans="1:8">
+      <c r="A250" t="s">
+        <v>918</v>
+      </c>
+      <c r="B250" t="s">
+        <v>9</v>
+      </c>
+      <c r="C250" t="s">
+        <v>86</v>
+      </c>
+      <c r="D250" t="s">
+        <v>862</v>
+      </c>
+      <c r="E250" t="s">
+        <v>863</v>
+      </c>
+      <c r="F250" t="s">
+        <v>172</v>
+      </c>
+      <c r="G250" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="H250" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="251" spans="1:8">
+      <c r="A251" t="s">
+        <v>921</v>
+      </c>
+      <c r="B251" t="s">
+        <v>9</v>
+      </c>
+      <c r="C251" t="s">
+        <v>90</v>
+      </c>
+      <c r="D251" t="s">
+        <v>862</v>
+      </c>
+      <c r="E251" t="s">
+        <v>863</v>
+      </c>
+      <c r="F251" t="s">
+        <v>333</v>
+      </c>
+      <c r="G251" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="H251" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="252" spans="1:8">
+      <c r="A252" t="s">
+        <v>923</v>
+      </c>
+      <c r="B252" t="s">
+        <v>9</v>
+      </c>
+      <c r="C252" t="s">
+        <v>93</v>
+      </c>
+      <c r="D252" t="s">
+        <v>862</v>
+      </c>
+      <c r="E252" t="s">
+        <v>863</v>
+      </c>
+      <c r="F252" t="s">
+        <v>333</v>
+      </c>
+      <c r="G252" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="H252" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="253" spans="1:8">
+      <c r="A253" t="s">
+        <v>925</v>
+      </c>
+      <c r="B253" t="s">
+        <v>9</v>
+      </c>
+      <c r="C253" t="s">
+        <v>98</v>
+      </c>
+      <c r="D253" t="s">
+        <v>862</v>
+      </c>
+      <c r="E253" t="s">
+        <v>863</v>
+      </c>
+      <c r="F253" t="s">
+        <v>172</v>
+      </c>
+      <c r="G253" s="1" t="s">
+        <v>926</v>
+      </c>
+      <c r="H253" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="254" spans="1:8">
+      <c r="A254" t="s">
+        <v>928</v>
+      </c>
+      <c r="B254" t="s">
+        <v>9</v>
+      </c>
+      <c r="C254" t="s">
+        <v>102</v>
+      </c>
+      <c r="D254" t="s">
+        <v>862</v>
+      </c>
+      <c r="E254" t="s">
+        <v>863</v>
+      </c>
+      <c r="F254" t="s">
+        <v>172</v>
+      </c>
+      <c r="G254" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="H254" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="255" spans="1:8">
+      <c r="A255" t="s">
+        <v>931</v>
+      </c>
+      <c r="B255" t="s">
+        <v>9</v>
+      </c>
+      <c r="C255" t="s">
+        <v>106</v>
+      </c>
+      <c r="D255" t="s">
+        <v>862</v>
+      </c>
+      <c r="E255" t="s">
+        <v>863</v>
+      </c>
+      <c r="F255" t="s">
+        <v>932</v>
+      </c>
+      <c r="G255" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="H255" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="256" spans="1:8">
+      <c r="A256" t="s">
+        <v>934</v>
+      </c>
+      <c r="B256" t="s">
+        <v>9</v>
+      </c>
+      <c r="C256" t="s">
+        <v>110</v>
+      </c>
+      <c r="D256" t="s">
+        <v>862</v>
+      </c>
+      <c r="E256" t="s">
+        <v>863</v>
+      </c>
+      <c r="F256" t="s">
+        <v>935</v>
+      </c>
+      <c r="G256" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="H256" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="257" spans="1:8">
+      <c r="A257" t="s">
+        <v>937</v>
+      </c>
+      <c r="B257" t="s">
+        <v>9</v>
+      </c>
+      <c r="C257" t="s">
+        <v>114</v>
+      </c>
+      <c r="D257" t="s">
+        <v>862</v>
+      </c>
+      <c r="E257" t="s">
+        <v>863</v>
+      </c>
+      <c r="F257" t="s">
+        <v>938</v>
+      </c>
+      <c r="G257" s="1" t="s">
+        <v>939</v>
+      </c>
+      <c r="H257" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="258" spans="1:8">
+      <c r="A258" t="s">
+        <v>941</v>
+      </c>
+      <c r="B258" t="s">
+        <v>9</v>
+      </c>
+      <c r="C258" t="s">
+        <v>118</v>
+      </c>
+      <c r="D258" t="s">
+        <v>862</v>
+      </c>
+      <c r="E258" t="s">
+        <v>863</v>
+      </c>
+      <c r="F258" t="s">
+        <v>123</v>
+      </c>
+      <c r="G258" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="H258" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="259" spans="1:8">
+      <c r="A259" t="s">
+        <v>943</v>
+      </c>
+      <c r="B259" t="s">
+        <v>9</v>
+      </c>
+      <c r="C259" t="s">
+        <v>122</v>
+      </c>
+      <c r="D259" t="s">
+        <v>862</v>
+      </c>
+      <c r="E259" t="s">
+        <v>863</v>
+      </c>
+      <c r="F259" t="s">
+        <v>58</v>
+      </c>
+      <c r="G259" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="H259" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="260" spans="1:8">
+      <c r="A260" t="s">
+        <v>945</v>
+      </c>
+      <c r="B260" t="s">
+        <v>9</v>
+      </c>
+      <c r="C260" t="s">
+        <v>263</v>
+      </c>
+      <c r="D260" t="s">
+        <v>946</v>
+      </c>
+      <c r="E260" t="s">
+        <v>947</v>
+      </c>
+      <c r="F260" t="s">
+        <v>282</v>
+      </c>
+      <c r="G260" s="1" t="s">
+        <v>948</v>
+      </c>
+      <c r="H260" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="261" spans="1:8">
+      <c r="A261" t="s">
+        <v>950</v>
+      </c>
+      <c r="B261" t="s">
+        <v>9</v>
+      </c>
+      <c r="C261" t="s">
+        <v>10</v>
+      </c>
+      <c r="D261" t="s">
+        <v>946</v>
+      </c>
+      <c r="E261" t="s">
+        <v>947</v>
+      </c>
+      <c r="F261" t="s">
+        <v>282</v>
+      </c>
+      <c r="G261" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="H261" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="262" spans="1:8">
+      <c r="A262" t="s">
+        <v>952</v>
+      </c>
+      <c r="B262" t="s">
+        <v>9</v>
+      </c>
+      <c r="C262" t="s">
+        <v>17</v>
+      </c>
+      <c r="D262" t="s">
+        <v>946</v>
+      </c>
+      <c r="E262" t="s">
+        <v>947</v>
+      </c>
+      <c r="F262" t="s">
+        <v>282</v>
+      </c>
+      <c r="G262" s="1" t="s">
+        <v>953</v>
+      </c>
+      <c r="H262" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="263" spans="1:8">
+      <c r="A263" t="s">
+        <v>955</v>
+      </c>
+      <c r="B263" t="s">
+        <v>9</v>
+      </c>
+      <c r="C263" t="s">
+        <v>21</v>
+      </c>
+      <c r="D263" t="s">
+        <v>946</v>
+      </c>
+      <c r="E263" t="s">
+        <v>947</v>
+      </c>
+      <c r="F263" t="s">
+        <v>932</v>
+      </c>
+      <c r="G263" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="H263" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="264" spans="1:8">
+      <c r="A264" t="s">
+        <v>958</v>
+      </c>
+      <c r="B264" t="s">
+        <v>9</v>
+      </c>
+      <c r="C264" t="s">
+        <v>25</v>
+      </c>
+      <c r="D264" t="s">
+        <v>946</v>
+      </c>
+      <c r="E264" t="s">
+        <v>947</v>
+      </c>
+      <c r="F264" t="s">
+        <v>959</v>
+      </c>
+      <c r="G264" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="H264" t="s">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="265" spans="1:8">
+      <c r="A265" t="s">
+        <v>962</v>
+      </c>
+      <c r="B265" t="s">
+        <v>9</v>
+      </c>
+      <c r="C265" t="s">
+        <v>30</v>
+      </c>
+      <c r="D265" t="s">
+        <v>946</v>
+      </c>
+      <c r="E265" t="s">
+        <v>947</v>
+      </c>
+      <c r="F265" t="s">
+        <v>282</v>
+      </c>
+      <c r="G265" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="H265" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="266" spans="1:8">
+      <c r="A266" t="s">
+        <v>965</v>
+      </c>
+      <c r="B266" t="s">
+        <v>9</v>
+      </c>
+      <c r="C266" t="s">
+        <v>34</v>
+      </c>
+      <c r="D266" t="s">
+        <v>946</v>
+      </c>
+      <c r="E266" t="s">
+        <v>947</v>
+      </c>
+      <c r="F266" t="s">
         <v>26</v>
       </c>
-      <c r="G218" s="1" t="s">
+      <c r="G266" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="H218" t="s">
-        <v>193</v>
+      <c r="H266" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="267" spans="1:8">
+      <c r="A267" t="s">
+        <v>967</v>
+      </c>
+      <c r="B267" t="s">
+        <v>9</v>
+      </c>
+      <c r="C267" t="s">
+        <v>263</v>
+      </c>
+      <c r="D267" t="s">
+        <v>968</v>
+      </c>
+      <c r="E267" t="s">
+        <v>969</v>
+      </c>
+      <c r="F267" t="s">
+        <v>26</v>
+      </c>
+      <c r="G267" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="H267" t="s">
+        <v>269</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -8683,50 +10454,99 @@
     <hyperlink ref="G194" r:id="rId193"/>
     <hyperlink ref="G195" r:id="rId194"/>
     <hyperlink ref="G196" r:id="rId195"/>
     <hyperlink ref="G197" r:id="rId196"/>
     <hyperlink ref="G198" r:id="rId197"/>
     <hyperlink ref="G199" r:id="rId198"/>
     <hyperlink ref="G200" r:id="rId199"/>
     <hyperlink ref="G201" r:id="rId200"/>
     <hyperlink ref="G202" r:id="rId201"/>
     <hyperlink ref="G203" r:id="rId202"/>
     <hyperlink ref="G204" r:id="rId203"/>
     <hyperlink ref="G205" r:id="rId204"/>
     <hyperlink ref="G206" r:id="rId205"/>
     <hyperlink ref="G207" r:id="rId206"/>
     <hyperlink ref="G208" r:id="rId207"/>
     <hyperlink ref="G209" r:id="rId208"/>
     <hyperlink ref="G210" r:id="rId209"/>
     <hyperlink ref="G211" r:id="rId210"/>
     <hyperlink ref="G212" r:id="rId211"/>
     <hyperlink ref="G213" r:id="rId212"/>
     <hyperlink ref="G214" r:id="rId213"/>
     <hyperlink ref="G215" r:id="rId214"/>
     <hyperlink ref="G216" r:id="rId215"/>
     <hyperlink ref="G217" r:id="rId216"/>
     <hyperlink ref="G218" r:id="rId217"/>
+    <hyperlink ref="G219" r:id="rId218"/>
+    <hyperlink ref="G220" r:id="rId219"/>
+    <hyperlink ref="G221" r:id="rId220"/>
+    <hyperlink ref="G222" r:id="rId221"/>
+    <hyperlink ref="G223" r:id="rId222"/>
+    <hyperlink ref="G224" r:id="rId223"/>
+    <hyperlink ref="G225" r:id="rId224"/>
+    <hyperlink ref="G226" r:id="rId225"/>
+    <hyperlink ref="G227" r:id="rId226"/>
+    <hyperlink ref="G228" r:id="rId227"/>
+    <hyperlink ref="G229" r:id="rId228"/>
+    <hyperlink ref="G230" r:id="rId229"/>
+    <hyperlink ref="G231" r:id="rId230"/>
+    <hyperlink ref="G232" r:id="rId231"/>
+    <hyperlink ref="G233" r:id="rId232"/>
+    <hyperlink ref="G234" r:id="rId233"/>
+    <hyperlink ref="G235" r:id="rId234"/>
+    <hyperlink ref="G236" r:id="rId235"/>
+    <hyperlink ref="G237" r:id="rId236"/>
+    <hyperlink ref="G238" r:id="rId237"/>
+    <hyperlink ref="G239" r:id="rId238"/>
+    <hyperlink ref="G240" r:id="rId239"/>
+    <hyperlink ref="G241" r:id="rId240"/>
+    <hyperlink ref="G242" r:id="rId241"/>
+    <hyperlink ref="G243" r:id="rId242"/>
+    <hyperlink ref="G244" r:id="rId243"/>
+    <hyperlink ref="G245" r:id="rId244"/>
+    <hyperlink ref="G246" r:id="rId245"/>
+    <hyperlink ref="G247" r:id="rId246"/>
+    <hyperlink ref="G248" r:id="rId247"/>
+    <hyperlink ref="G249" r:id="rId248"/>
+    <hyperlink ref="G250" r:id="rId249"/>
+    <hyperlink ref="G251" r:id="rId250"/>
+    <hyperlink ref="G252" r:id="rId251"/>
+    <hyperlink ref="G253" r:id="rId252"/>
+    <hyperlink ref="G254" r:id="rId253"/>
+    <hyperlink ref="G255" r:id="rId254"/>
+    <hyperlink ref="G256" r:id="rId255"/>
+    <hyperlink ref="G257" r:id="rId256"/>
+    <hyperlink ref="G258" r:id="rId257"/>
+    <hyperlink ref="G259" r:id="rId258"/>
+    <hyperlink ref="G260" r:id="rId259"/>
+    <hyperlink ref="G261" r:id="rId260"/>
+    <hyperlink ref="G262" r:id="rId261"/>
+    <hyperlink ref="G263" r:id="rId262"/>
+    <hyperlink ref="G264" r:id="rId263"/>
+    <hyperlink ref="G265" r:id="rId264"/>
+    <hyperlink ref="G266" r:id="rId265"/>
+    <hyperlink ref="G267" r:id="rId266"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>